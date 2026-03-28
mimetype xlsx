--- v0 (2025-10-29)
+++ v1 (2026-03-28)
@@ -114,2729 +114,2725 @@
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Omzet en investeringen per jaar, trimester, provincie en economische activiteit (NACE 2008) volgens de BTW-aangiften</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Alle bedragen zijn in 1000 euro. Ontbrekende bedragen zijn vertrouwelijk.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Datum : Laatste 8 Trimester(3de kwartaal 2023, 4de kwartaal 2023, 1ste kwartaal 2024, 2de kwartaal 2024, 3de kwartaal 2024, 4de kwartaal 2024, 1ste kwartaal 2025, 2de kwartaal 2025)</t>
+          <t>Datum : Laatste 8 Trimester(1ste kwartaal 2024, 2de kwartaal 2024, 3de kwartaal 2024, 4de kwartaal 2024, 1ste kwartaal 2025, 2de kwartaal 2025, 3de kwartaal 2025, 4de kwartaal 2025)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="B4" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="5">
 </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t xml:space="preserve">Bron: </t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Statbel (Algemene Directie Statistiek - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="58.76171875" customWidth="true"/>
     <col min="2" max="2" width="8.76171875" customWidth="true"/>
-    <col min="3" max="3" width="15.87109375" customWidth="true"/>
-[...6 lines deleted...]
-    <col min="10" max="10" width="15.875" customWidth="true"/>
+    <col min="3" max="3" width="16.31640625" customWidth="true"/>
+    <col min="4" max="4" width="15.875" customWidth="true"/>
+    <col min="5" max="5" width="15.87109375" customWidth="true"/>
+    <col min="6" max="6" width="15.91015625" customWidth="true"/>
+    <col min="7" max="7" width="16.31640625" customWidth="true"/>
+    <col min="8" max="8" width="15.875" customWidth="true"/>
+    <col min="9" max="9" width="15.87109375" customWidth="true"/>
+    <col min="10" max="10" width="15.91015625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1" t="inlineStr">
         <is>
           <t>Omzet</t>
         </is>
       </c>
       <c r="D1"/>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2" t="inlineStr">
         <is>
           <t>Jaar</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D2"/>
-      <c r="E2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E2"/>
       <c r="F2"/>
-      <c r="G2"/>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2"/>
     </row>
     <row r="3">
       <c r="A3"/>
       <c r="B3" t="inlineStr">
         <is>
           <t>Trimester</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>3de kwartaal 2023</t>
+          <t>1ste kwartaal 2024</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>4de kwartaal 2023</t>
+          <t>2de kwartaal 2024</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2024</t>
+          <t>3de kwartaal 2024</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>2de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Sectie</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="B5"/>
       <c r="C5" s="1" t="n">
-        <v>219554.0</v>
+        <v>239604.0</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>324647.0</v>
+        <v>252108.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>239604.0</v>
+        <v>204409.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>252108.0</v>
+        <v>318766.0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>204409.0</v>
+        <v>210984.0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>318766.0</v>
+        <v>242406.0</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>210984.0</v>
+        <v>224457.0</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>242416.0</v>
+        <v>341269.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="B6"/>
       <c r="C6" s="1" t="n">
-        <v>8.3123529E7</v>
+        <v>8.4446042E7</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>8.6082734E7</v>
+        <v>8.5342551E7</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>8.4446042E7</v>
+        <v>8.1881674E7</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>8.5342551E7</v>
+        <v>8.4818973E7</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>8.1881674E7</v>
+        <v>8.4165805E7</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>8.4818973E7</v>
+        <v>8.5103684E7</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>8.4165805E7</v>
+        <v>8.1762574E7</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>8.5583885E7</v>
+        <v>8.5021587E7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="B7"/>
       <c r="C7" s="1" t="n">
-        <v>1.7357164E7</v>
+        <v>2.0130383E7</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>2.1513078E7</v>
+        <v>1.627417E7</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>2.0130383E7</v>
+        <v>1.557098E7</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>1.627417E7</v>
+        <v>1.8738421E7</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>1.557098E7</v>
+        <v>2.1751887E7</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>1.8738421E7</v>
+        <v>1.6731382E7</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>2.1751887E7</v>
+        <v>1.5499261E7</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>1.7006441E7</v>
+        <v>1.8846928E7</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="B8"/>
       <c r="C8" s="1" t="n">
-        <v>3426755.0</v>
+        <v>3425725.0</v>
       </c>
       <c r="D8" s="1" t="n">
-        <v>3683518.0</v>
+        <v>3755320.0</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>3425725.0</v>
+        <v>3787901.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>3755320.0</v>
+        <v>4009852.0</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>3787901.0</v>
+        <v>3597917.0</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>4009852.0</v>
+        <v>3630574.0</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>3597917.0</v>
+        <v>3630924.0</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>3738190.0</v>
+        <v>4190276.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>F Bouwnijverheid</t>
         </is>
       </c>
       <c r="B9"/>
       <c r="C9" s="1" t="n">
-        <v>2.3108965E7</v>
+        <v>2.2848109E7</v>
       </c>
       <c r="D9" s="1" t="n">
-        <v>2.8991734E7</v>
+        <v>2.6658235E7</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>2.2848109E7</v>
+        <v>2.3367726E7</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>2.6658235E7</v>
+        <v>3.0043097E7</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>2.3367726E7</v>
+        <v>2.4435895E7</v>
       </c>
       <c r="H9" s="1" t="n">
-        <v>3.0043097E7</v>
+        <v>2.8696323E7</v>
       </c>
       <c r="I9" s="1" t="n">
-        <v>2.4435895E7</v>
+        <v>2.5013309E7</v>
       </c>
       <c r="J9" s="1" t="n">
-        <v>2.9110987E7</v>
+        <v>3.1243547E7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>G Groot- en detailhandel/ reparatie van auto’s en motorfietsen</t>
         </is>
       </c>
       <c r="B10"/>
       <c r="C10" s="1" t="n">
-        <v>1.83216755E8</v>
+        <v>1.8885888E8</v>
       </c>
       <c r="D10" s="1" t="n">
-        <v>1.9571775E8</v>
+        <v>1.91453319E8</v>
       </c>
       <c r="E10" s="1" t="n">
-        <v>1.8885888E8</v>
+        <v>1.82781332E8</v>
       </c>
       <c r="F10" s="1" t="n">
-        <v>1.91453319E8</v>
+        <v>1.96920679E8</v>
       </c>
       <c r="G10" s="1" t="n">
-        <v>1.82781332E8</v>
+        <v>1.90064133E8</v>
       </c>
       <c r="H10" s="1" t="n">
-        <v>1.96920679E8</v>
+        <v>1.96507756E8</v>
       </c>
       <c r="I10" s="1" t="n">
-        <v>1.90064133E8</v>
+        <v>1.867895E8</v>
       </c>
       <c r="J10" s="1" t="n">
-        <v>1.93507875E8</v>
+        <v>2.00806849E8</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>H Vervoer en opslag</t>
         </is>
       </c>
       <c r="B11"/>
       <c r="C11" s="1" t="n">
-        <v>1.7404175E7</v>
+        <v>1.7965749E7</v>
       </c>
       <c r="D11" s="1" t="n">
-        <v>1.8638771E7</v>
+        <v>1.8276662E7</v>
       </c>
       <c r="E11" s="1" t="n">
-        <v>1.7965749E7</v>
+        <v>1.8276886E7</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>1.8276662E7</v>
+        <v>1.9093733E7</v>
       </c>
       <c r="G11" s="1" t="n">
-        <v>1.8276886E7</v>
+        <v>1.8445595E7</v>
       </c>
       <c r="H11" s="1" t="n">
-        <v>1.9093733E7</v>
+        <v>1.8592142E7</v>
       </c>
       <c r="I11" s="1" t="n">
-        <v>1.8445595E7</v>
+        <v>1.8375585E7</v>
       </c>
       <c r="J11" s="1" t="n">
-        <v>1.8684323E7</v>
+        <v>1.9308385E7</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>I Verschaffen van accommodatie en maaltijden</t>
         </is>
       </c>
       <c r="B12"/>
       <c r="C12" s="1" t="n">
-        <v>5723352.0</v>
+        <v>5073273.0</v>
       </c>
       <c r="D12" s="1" t="n">
-        <v>5625356.0</v>
+        <v>5884939.0</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>5073273.0</v>
+        <v>5899124.0</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>5884939.0</v>
+        <v>5923159.0</v>
       </c>
       <c r="G12" s="1" t="n">
-        <v>5899124.0</v>
+        <v>5227341.0</v>
       </c>
       <c r="H12" s="1" t="n">
-        <v>5923159.0</v>
+        <v>6185620.0</v>
       </c>
       <c r="I12" s="1" t="n">
-        <v>5227341.0</v>
+        <v>6134771.0</v>
       </c>
       <c r="J12" s="1" t="n">
-        <v>6231234.0</v>
+        <v>6138205.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>J Informatie en communicatie</t>
         </is>
       </c>
       <c r="B13"/>
       <c r="C13" s="1" t="n">
-        <v>1.1771425E7</v>
+        <v>1.2893845E7</v>
       </c>
       <c r="D13" s="1" t="n">
-        <v>1.4180723E7</v>
+        <v>1.351992E7</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>1.2893845E7</v>
+        <v>1.2696442E7</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>1.351992E7</v>
+        <v>1.499199E7</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>1.2696442E7</v>
+        <v>1.3722555E7</v>
       </c>
       <c r="H13" s="1" t="n">
-        <v>1.499199E7</v>
+        <v>1.3599546E7</v>
       </c>
       <c r="I13" s="1" t="n">
-        <v>1.3722555E7</v>
+        <v>1.3035711E7</v>
       </c>
       <c r="J13" s="1" t="n">
-        <v>1.3743846E7</v>
+        <v>1.5305448E7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>M Vrije beroepen en wetenschappelijke en technische activiteiten</t>
         </is>
       </c>
       <c r="B14"/>
       <c r="C14" s="1" t="n">
-        <v>1.9420551E7</v>
+        <v>2.0925162E7</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>2.4949995E7</v>
+        <v>2.1890777E7</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>2.0925162E7</v>
+        <v>2.0316275E7</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>2.1890777E7</v>
+        <v>2.5980671E7</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>2.0316275E7</v>
+        <v>2.2021498E7</v>
       </c>
       <c r="H14" s="1" t="n">
-        <v>2.5980671E7</v>
+        <v>2.2738648E7</v>
       </c>
       <c r="I14" s="1" t="n">
-        <v>2.2021498E7</v>
+        <v>2.1607674E7</v>
       </c>
       <c r="J14" s="1" t="n">
-        <v>2.277076E7</v>
+        <v>2.6050463E7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>N Administratieve en ondersteunende diensten</t>
         </is>
       </c>
       <c r="B15"/>
       <c r="C15" s="1" t="n">
-        <v>1.7182187E7</v>
+        <v>1.7431919E7</v>
       </c>
       <c r="D15" s="1" t="n">
-        <v>1.8479409E7</v>
+        <v>1.8652632E7</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>1.7431919E7</v>
+        <v>1.8193687E7</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>1.8652632E7</v>
+        <v>1.9369533E7</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>1.8193687E7</v>
+        <v>1.7793846E7</v>
       </c>
       <c r="H15" s="1" t="n">
-        <v>1.9369533E7</v>
+        <v>1.6078398E7</v>
       </c>
       <c r="I15" s="1" t="n">
-        <v>1.7793846E7</v>
+        <v>1.5401453E7</v>
       </c>
       <c r="J15" s="1" t="n">
-        <v>1.9274062E7</v>
+        <v>1.6851841E7</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>R Kunst, amusement en recreatie</t>
         </is>
       </c>
       <c r="B16"/>
       <c r="C16" s="1" t="n">
-        <v>2129968.0</v>
+        <v>1993876.0</v>
       </c>
       <c r="D16" s="1" t="n">
-        <v>2137157.0</v>
+        <v>1889024.0</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>1993876.0</v>
+        <v>2362869.0</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>1889024.0</v>
+        <v>2179586.0</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>2362869.0</v>
+        <v>1929925.0</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>2179586.0</v>
+        <v>2057588.0</v>
       </c>
       <c r="I16" s="1" t="n">
-        <v>1929925.0</v>
+        <v>2470143.0</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>2065400.0</v>
+        <v>2222945.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>S Overige diensten</t>
         </is>
       </c>
       <c r="B17"/>
       <c r="C17" s="1" t="n">
-        <v>1004663.0</v>
+        <v>1063532.0</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>1138282.0</v>
+        <v>1087753.0</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>1063532.0</v>
+        <v>1038811.0</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>1087753.0</v>
+        <v>1200114.0</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>1038811.0</v>
+        <v>1102898.0</v>
       </c>
       <c r="H17" s="1" t="n">
-        <v>1200114.0</v>
+        <v>1140152.0</v>
       </c>
       <c r="I17" s="1" t="n">
-        <v>1102898.0</v>
+        <v>1097176.0</v>
       </c>
       <c r="J17" s="1" t="n">
-        <v>1162841.0</v>
+        <v>1247751.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="58.76171875" customWidth="true"/>
     <col min="2" max="2" width="4.96484375" customWidth="true"/>
     <col min="3" max="3" width="16.31640625" customWidth="true"/>
-    <col min="4" max="4" width="10.765625" customWidth="true"/>
+    <col min="4" max="4" width="10.8359375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Sectie</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Jaar</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Trimester</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Omzet</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>3de kwartaal 2023</t>
+          <t>1ste kwartaal 2024</t>
         </is>
       </c>
       <c r="D2" s="1" t="n">
-        <v>219554.0</v>
+        <v>239604.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>4de kwartaal 2023</t>
+          <t>2de kwartaal 2024</t>
         </is>
       </c>
       <c r="D3" s="1" t="n">
-        <v>324647.0</v>
+        <v>252108.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2024</t>
+          <t>3de kwartaal 2024</t>
         </is>
       </c>
       <c r="D4" s="1" t="n">
-        <v>239604.0</v>
+        <v>204409.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D5" s="1" t="n">
-        <v>252108.0</v>
+        <v>318766.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D6" s="1" t="n">
-        <v>204409.0</v>
+        <v>210984.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D7" s="1" t="n">
-        <v>318766.0</v>
+        <v>242406.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D8" s="1" t="n">
-        <v>210984.0</v>
+        <v>224457.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D9" s="1" t="n">
-        <v>242416.0</v>
+        <v>341269.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>3de kwartaal 2023</t>
+          <t>1ste kwartaal 2024</t>
         </is>
       </c>
       <c r="D10" s="1" t="n">
-        <v>8.3123529E7</v>
+        <v>8.4446042E7</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>4de kwartaal 2023</t>
+          <t>2de kwartaal 2024</t>
         </is>
       </c>
       <c r="D11" s="1" t="n">
-        <v>8.6082734E7</v>
+        <v>8.5342551E7</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2024</t>
+          <t>3de kwartaal 2024</t>
         </is>
       </c>
       <c r="D12" s="1" t="n">
-        <v>8.4446042E7</v>
+        <v>8.1881674E7</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D13" s="1" t="n">
-        <v>8.5342551E7</v>
+        <v>8.4818973E7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D14" s="1" t="n">
-        <v>8.1881674E7</v>
+        <v>8.4165805E7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D15" s="1" t="n">
-        <v>8.4818973E7</v>
+        <v>8.5103684E7</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D16" s="1" t="n">
-        <v>8.4165805E7</v>
+        <v>8.1762574E7</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D17" s="1" t="n">
-        <v>8.5583885E7</v>
+        <v>8.5021587E7</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>3de kwartaal 2023</t>
+          <t>1ste kwartaal 2024</t>
         </is>
       </c>
       <c r="D18" s="1" t="n">
-        <v>1.7357164E7</v>
+        <v>2.0130383E7</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>4de kwartaal 2023</t>
+          <t>2de kwartaal 2024</t>
         </is>
       </c>
       <c r="D19" s="1" t="n">
-        <v>2.1513078E7</v>
+        <v>1.627417E7</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2024</t>
+          <t>3de kwartaal 2024</t>
         </is>
       </c>
       <c r="D20" s="1" t="n">
-        <v>2.0130383E7</v>
+        <v>1.557098E7</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>2de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D21" s="1" t="n">
-        <v>1.627417E7</v>
+        <v>1.8738421E7</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D22" s="1" t="n">
-        <v>1.557098E7</v>
+        <v>2.1751887E7</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D23" s="1" t="n">
-        <v>1.8738421E7</v>
+        <v>1.6731382E7</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D24" s="1" t="n">
-        <v>2.1751887E7</v>
+        <v>1.5499261E7</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D25" s="1" t="n">
-        <v>1.7006441E7</v>
+        <v>1.8846928E7</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>3de kwartaal 2023</t>
+          <t>1ste kwartaal 2024</t>
         </is>
       </c>
       <c r="D26" s="1" t="n">
-        <v>3426755.0</v>
+        <v>3425725.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>4de kwartaal 2023</t>
+          <t>2de kwartaal 2024</t>
         </is>
       </c>
       <c r="D27" s="1" t="n">
-        <v>3683518.0</v>
+        <v>3755320.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2024</t>
+          <t>3de kwartaal 2024</t>
         </is>
       </c>
       <c r="D28" s="1" t="n">
-        <v>3425725.0</v>
+        <v>3787901.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D29" s="1" t="n">
-        <v>3755320.0</v>
+        <v>4009852.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D30" s="1" t="n">
-        <v>3787901.0</v>
+        <v>3597917.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D31" s="1" t="n">
-        <v>4009852.0</v>
+        <v>3630574.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D32" s="1" t="n">
-        <v>3597917.0</v>
+        <v>3630924.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D33" s="1" t="n">
-        <v>3738190.0</v>
+        <v>4190276.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>F Bouwnijverheid</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>3de kwartaal 2023</t>
+          <t>1ste kwartaal 2024</t>
         </is>
       </c>
       <c r="D34" s="1" t="n">
-        <v>2.3108965E7</v>
+        <v>2.2848109E7</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>F Bouwnijverheid</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>4de kwartaal 2023</t>
+          <t>2de kwartaal 2024</t>
         </is>
       </c>
       <c r="D35" s="1" t="n">
-        <v>2.8991734E7</v>
+        <v>2.6658235E7</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>F Bouwnijverheid</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2024</t>
+          <t>3de kwartaal 2024</t>
         </is>
       </c>
       <c r="D36" s="1" t="n">
-        <v>2.2848109E7</v>
+        <v>2.3367726E7</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>F Bouwnijverheid</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>2de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D37" s="1" t="n">
-        <v>2.6658235E7</v>
+        <v>3.0043097E7</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>F Bouwnijverheid</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D38" s="1" t="n">
-        <v>2.3367726E7</v>
+        <v>2.4435895E7</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>F Bouwnijverheid</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D39" s="1" t="n">
-        <v>3.0043097E7</v>
+        <v>2.8696323E7</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>F Bouwnijverheid</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D40" s="1" t="n">
-        <v>2.4435895E7</v>
+        <v>2.5013309E7</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>F Bouwnijverheid</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D41" s="1" t="n">
-        <v>2.9110987E7</v>
+        <v>3.1243547E7</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>G Groot- en detailhandel/ reparatie van auto’s en motorfietsen</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>3de kwartaal 2023</t>
+          <t>1ste kwartaal 2024</t>
         </is>
       </c>
       <c r="D42" s="1" t="n">
-        <v>1.83216755E8</v>
+        <v>1.8885888E8</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>G Groot- en detailhandel/ reparatie van auto’s en motorfietsen</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>4de kwartaal 2023</t>
+          <t>2de kwartaal 2024</t>
         </is>
       </c>
       <c r="D43" s="1" t="n">
-        <v>1.9571775E8</v>
+        <v>1.91453319E8</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>G Groot- en detailhandel/ reparatie van auto’s en motorfietsen</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2024</t>
+          <t>3de kwartaal 2024</t>
         </is>
       </c>
       <c r="D44" s="1" t="n">
-        <v>1.8885888E8</v>
+        <v>1.82781332E8</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>G Groot- en detailhandel/ reparatie van auto’s en motorfietsen</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>2de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D45" s="1" t="n">
-        <v>1.91453319E8</v>
+        <v>1.96920679E8</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>G Groot- en detailhandel/ reparatie van auto’s en motorfietsen</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D46" s="1" t="n">
-        <v>1.82781332E8</v>
+        <v>1.90064133E8</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>G Groot- en detailhandel/ reparatie van auto’s en motorfietsen</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D47" s="1" t="n">
-        <v>1.96920679E8</v>
+        <v>1.96507756E8</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>G Groot- en detailhandel/ reparatie van auto’s en motorfietsen</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D48" s="1" t="n">
-        <v>1.90064133E8</v>
+        <v>1.867895E8</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>G Groot- en detailhandel/ reparatie van auto’s en motorfietsen</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D49" s="1" t="n">
-        <v>1.93507875E8</v>
+        <v>2.00806849E8</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>H Vervoer en opslag</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>3de kwartaal 2023</t>
+          <t>1ste kwartaal 2024</t>
         </is>
       </c>
       <c r="D50" s="1" t="n">
-        <v>1.7404175E7</v>
+        <v>1.7965749E7</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>H Vervoer en opslag</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>4de kwartaal 2023</t>
+          <t>2de kwartaal 2024</t>
         </is>
       </c>
       <c r="D51" s="1" t="n">
-        <v>1.8638771E7</v>
+        <v>1.8276662E7</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>H Vervoer en opslag</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2024</t>
+          <t>3de kwartaal 2024</t>
         </is>
       </c>
       <c r="D52" s="1" t="n">
-        <v>1.7965749E7</v>
+        <v>1.8276886E7</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>H Vervoer en opslag</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>2de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D53" s="1" t="n">
-        <v>1.8276662E7</v>
+        <v>1.9093733E7</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>H Vervoer en opslag</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D54" s="1" t="n">
-        <v>1.8276886E7</v>
+        <v>1.8445595E7</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>H Vervoer en opslag</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D55" s="1" t="n">
-        <v>1.9093733E7</v>
+        <v>1.8592142E7</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>H Vervoer en opslag</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D56" s="1" t="n">
-        <v>1.8445595E7</v>
+        <v>1.8375585E7</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>H Vervoer en opslag</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D57" s="1" t="n">
-        <v>1.8684323E7</v>
+        <v>1.9308385E7</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>I Verschaffen van accommodatie en maaltijden</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>3de kwartaal 2023</t>
+          <t>1ste kwartaal 2024</t>
         </is>
       </c>
       <c r="D58" s="1" t="n">
-        <v>5723352.0</v>
+        <v>5073273.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>I Verschaffen van accommodatie en maaltijden</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>4de kwartaal 2023</t>
+          <t>2de kwartaal 2024</t>
         </is>
       </c>
       <c r="D59" s="1" t="n">
-        <v>5625356.0</v>
+        <v>5884939.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>I Verschaffen van accommodatie en maaltijden</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2024</t>
+          <t>3de kwartaal 2024</t>
         </is>
       </c>
       <c r="D60" s="1" t="n">
-        <v>5073273.0</v>
+        <v>5899124.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>I Verschaffen van accommodatie en maaltijden</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>2de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D61" s="1" t="n">
-        <v>5884939.0</v>
+        <v>5923159.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>I Verschaffen van accommodatie en maaltijden</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D62" s="1" t="n">
-        <v>5899124.0</v>
+        <v>5227341.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>I Verschaffen van accommodatie en maaltijden</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D63" s="1" t="n">
-        <v>5923159.0</v>
+        <v>6185620.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>I Verschaffen van accommodatie en maaltijden</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D64" s="1" t="n">
-        <v>5227341.0</v>
+        <v>6134771.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>I Verschaffen van accommodatie en maaltijden</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D65" s="1" t="n">
-        <v>6231234.0</v>
+        <v>6138205.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>J Informatie en communicatie</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>3de kwartaal 2023</t>
+          <t>1ste kwartaal 2024</t>
         </is>
       </c>
       <c r="D66" s="1" t="n">
-        <v>1.1771425E7</v>
+        <v>1.2893845E7</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>J Informatie en communicatie</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>4de kwartaal 2023</t>
+          <t>2de kwartaal 2024</t>
         </is>
       </c>
       <c r="D67" s="1" t="n">
-        <v>1.4180723E7</v>
+        <v>1.351992E7</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>J Informatie en communicatie</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2024</t>
+          <t>3de kwartaal 2024</t>
         </is>
       </c>
       <c r="D68" s="1" t="n">
-        <v>1.2893845E7</v>
+        <v>1.2696442E7</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>J Informatie en communicatie</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>2de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D69" s="1" t="n">
-        <v>1.351992E7</v>
+        <v>1.499199E7</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>J Informatie en communicatie</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D70" s="1" t="n">
-        <v>1.2696442E7</v>
+        <v>1.3722555E7</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>J Informatie en communicatie</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D71" s="1" t="n">
-        <v>1.499199E7</v>
+        <v>1.3599546E7</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>J Informatie en communicatie</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D72" s="1" t="n">
-        <v>1.3722555E7</v>
+        <v>1.3035711E7</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>J Informatie en communicatie</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D73" s="1" t="n">
-        <v>1.3743846E7</v>
+        <v>1.5305448E7</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>M Vrije beroepen en wetenschappelijke en technische activiteiten</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>3de kwartaal 2023</t>
+          <t>1ste kwartaal 2024</t>
         </is>
       </c>
       <c r="D74" s="1" t="n">
-        <v>1.9420551E7</v>
+        <v>2.0925162E7</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>M Vrije beroepen en wetenschappelijke en technische activiteiten</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>4de kwartaal 2023</t>
+          <t>2de kwartaal 2024</t>
         </is>
       </c>
       <c r="D75" s="1" t="n">
-        <v>2.4949995E7</v>
+        <v>2.1890777E7</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>M Vrije beroepen en wetenschappelijke en technische activiteiten</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2024</t>
+          <t>3de kwartaal 2024</t>
         </is>
       </c>
       <c r="D76" s="1" t="n">
-        <v>2.0925162E7</v>
+        <v>2.0316275E7</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>M Vrije beroepen en wetenschappelijke en technische activiteiten</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>2de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D77" s="1" t="n">
-        <v>2.1890777E7</v>
+        <v>2.5980671E7</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>M Vrije beroepen en wetenschappelijke en technische activiteiten</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D78" s="1" t="n">
-        <v>2.0316275E7</v>
+        <v>2.2021498E7</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>M Vrije beroepen en wetenschappelijke en technische activiteiten</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D79" s="1" t="n">
-        <v>2.5980671E7</v>
+        <v>2.2738648E7</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>M Vrije beroepen en wetenschappelijke en technische activiteiten</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D80" s="1" t="n">
-        <v>2.2021498E7</v>
+        <v>2.1607674E7</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>M Vrije beroepen en wetenschappelijke en technische activiteiten</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D81" s="1" t="n">
-        <v>2.277076E7</v>
+        <v>2.6050463E7</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>N Administratieve en ondersteunende diensten</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>3de kwartaal 2023</t>
+          <t>1ste kwartaal 2024</t>
         </is>
       </c>
       <c r="D82" s="1" t="n">
-        <v>1.7182187E7</v>
+        <v>1.7431919E7</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>N Administratieve en ondersteunende diensten</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>4de kwartaal 2023</t>
+          <t>2de kwartaal 2024</t>
         </is>
       </c>
       <c r="D83" s="1" t="n">
-        <v>1.8479409E7</v>
+        <v>1.8652632E7</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>N Administratieve en ondersteunende diensten</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2024</t>
+          <t>3de kwartaal 2024</t>
         </is>
       </c>
       <c r="D84" s="1" t="n">
-        <v>1.7431919E7</v>
+        <v>1.8193687E7</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>N Administratieve en ondersteunende diensten</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>2de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D85" s="1" t="n">
-        <v>1.8652632E7</v>
+        <v>1.9369533E7</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>N Administratieve en ondersteunende diensten</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D86" s="1" t="n">
-        <v>1.8193687E7</v>
+        <v>1.7793846E7</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>N Administratieve en ondersteunende diensten</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D87" s="1" t="n">
-        <v>1.9369533E7</v>
+        <v>1.6078398E7</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>N Administratieve en ondersteunende diensten</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D88" s="1" t="n">
-        <v>1.7793846E7</v>
+        <v>1.5401453E7</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>N Administratieve en ondersteunende diensten</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D89" s="1" t="n">
-        <v>1.9274062E7</v>
+        <v>1.6851841E7</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>R Kunst, amusement en recreatie</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>3de kwartaal 2023</t>
+          <t>1ste kwartaal 2024</t>
         </is>
       </c>
       <c r="D90" s="1" t="n">
-        <v>2129968.0</v>
+        <v>1993876.0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>R Kunst, amusement en recreatie</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>4de kwartaal 2023</t>
+          <t>2de kwartaal 2024</t>
         </is>
       </c>
       <c r="D91" s="1" t="n">
-        <v>2137157.0</v>
+        <v>1889024.0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>R Kunst, amusement en recreatie</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2024</t>
+          <t>3de kwartaal 2024</t>
         </is>
       </c>
       <c r="D92" s="1" t="n">
-        <v>1993876.0</v>
+        <v>2362869.0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>R Kunst, amusement en recreatie</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>2de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D93" s="1" t="n">
-        <v>1889024.0</v>
+        <v>2179586.0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>R Kunst, amusement en recreatie</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D94" s="1" t="n">
-        <v>2362869.0</v>
+        <v>1929925.0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>R Kunst, amusement en recreatie</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D95" s="1" t="n">
-        <v>2179586.0</v>
+        <v>2057588.0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>R Kunst, amusement en recreatie</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D96" s="1" t="n">
-        <v>1929925.0</v>
+        <v>2470143.0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>R Kunst, amusement en recreatie</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D97" s="1" t="n">
-        <v>2065400.0</v>
+        <v>2222945.0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>S Overige diensten</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>3de kwartaal 2023</t>
+          <t>1ste kwartaal 2024</t>
         </is>
       </c>
       <c r="D98" s="1" t="n">
-        <v>1004663.0</v>
+        <v>1063532.0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>S Overige diensten</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>4de kwartaal 2023</t>
+          <t>2de kwartaal 2024</t>
         </is>
       </c>
       <c r="D99" s="1" t="n">
-        <v>1138282.0</v>
+        <v>1087753.0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>S Overige diensten</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2024</t>
+          <t>3de kwartaal 2024</t>
         </is>
       </c>
       <c r="D100" s="1" t="n">
-        <v>1063532.0</v>
+        <v>1038811.0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>S Overige diensten</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>2de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D101" s="1" t="n">
-        <v>1087753.0</v>
+        <v>1200114.0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>S Overige diensten</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D102" s="1" t="n">
-        <v>1038811.0</v>
+        <v>1102898.0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>S Overige diensten</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D103" s="1" t="n">
-        <v>1200114.0</v>
+        <v>1140152.0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>S Overige diensten</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D104" s="1" t="n">
-        <v>1102898.0</v>
+        <v>1097176.0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>S Overige diensten</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D105" s="1" t="n">
-        <v>1162841.0</v>
+        <v>1247751.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>