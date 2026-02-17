--- v0 (2025-10-20)
+++ v1 (2026-02-17)
@@ -107,102 +107,102 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="235.83984375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Energieverbrauchsstatistik</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filter:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Jahr : Letzte 1 Jahr(2023)</t>
+          <t>Jahr : Letzte 1 Jahr(2024)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Produkt : Feste fossile Brennstoffe, Synthetische Gase, Torf und Torferzeugnisse, Ölschiefer und bituminöse Sande, Öl und Mineralölerzeugnisse, Erdgas, Erneuerbare Energiequellen und Biobrennstoffe, Nicht erneuerbare Abfälle, Kernenergie, Wärme, Elektrizität, Nicht verfügbar, Unbekannte
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Quelle: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Generaldirektion Statistik - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="25.703125" customWidth="true"/>
     <col min="2" max="2" width="45.65234375" customWidth="true"/>
     <col min="3" max="3" width="35.90625" customWidth="true"/>
     <col min="4" max="4" width="12.86328125" customWidth="true"/>
     <col min="5" max="5" width="21.58203125" customWidth="true"/>
     <col min="6" max="6" width="15.953125" customWidth="true"/>
     <col min="7" max="7" width="23.91796875" customWidth="true"/>
     <col min="8" max="8" width="9.859375" customWidth="true"/>
     <col min="9" max="9" width="39.18359375" customWidth="true"/>
     <col min="10" max="10" width="21.53125" customWidth="true"/>
     <col min="11" max="11" width="10.5546875" customWidth="true"/>
-    <col min="12" max="12" width="7.54296875" customWidth="true"/>
+    <col min="12" max="12" width="7.5078125" customWidth="true"/>
     <col min="13" max="13" width="9.453125" customWidth="true"/>
     <col min="14" max="14" width="11.78125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1"/>
       <c r="E1" t="inlineStr">
         <is>
           <t>Kilotonne Öleinheiten (Hi)</t>
         </is>
       </c>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
     </row>
     <row r="2">
@@ -300,1833 +300,1803 @@
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Indikator Niveau 2</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Primärproduktion</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5" s="2" t="n">
-        <v>9.970792986158935</v>
+        <v>11.571100265380073</v>
       </c>
       <c r="I5" s="2" t="n">
-        <v>4820.6640154867855</v>
+        <v>5180.119122924448</v>
       </c>
       <c r="J5" s="2" t="n">
-        <v>570.8369160217848</v>
+        <v>536.6771758861202</v>
       </c>
       <c r="K5" s="2" t="n">
-        <v>7925.203000000029</v>
+        <v>7514.529000000027</v>
       </c>
       <c r="L5" s="2" t="n">
-        <v>228.30944874367142</v>
+        <v>65.8641444539985</v>
       </c>
       <c r="M5"/>
       <c r="N5" s="2" t="n">
-        <v>13554.984173238427</v>
+        <v>13308.760543529974</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>Wiedergewinnung und wiederverwertete Produkte</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6" s="2" t="n">
-        <v>29.547984140632572</v>
+        <v>24.86857026846288</v>
       </c>
       <c r="F6"/>
       <c r="G6" s="2" t="n">
-        <v>39.75542180185358</v>
+        <v>38.597496895003474</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6"/>
       <c r="N6" s="2" t="n">
-        <v>69.30340594248615</v>
+        <v>63.466067163466356</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>Importe</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7" s="2" t="n">
-        <v>2532.959066590245</v>
+        <v>2535.8953950511223</v>
       </c>
       <c r="F7"/>
       <c r="G7" s="2" t="n">
-        <v>57292.9069355118</v>
+        <v>57843.86819464052</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>19181.821449392086</v>
+        <v>15969.6454660635</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>1108.8971544903065</v>
+        <v>1125.3819024840013</v>
       </c>
       <c r="J7" s="2" t="n">
-        <v>54.39476449794611</v>
+        <v>69.88630935320556</v>
       </c>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7" s="2" t="n">
-        <v>1738.9423903697398</v>
+        <v>2386.362854686165</v>
       </c>
       <c r="N7" s="2" t="n">
-        <v>81909.92176085211</v>
+        <v>79931.04012227853</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>Exporte</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8" s="2" t="n">
-        <v>-120.84735358746578</v>
+        <v>-54.792364096685</v>
       </c>
       <c r="F8"/>
       <c r="G8" s="2" t="n">
-        <v>-30218.15458631902</v>
+        <v>-30460.797197855278</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>-6865.279147233595</v>
+        <v>-4140.533422627976</v>
       </c>
       <c r="I8" s="2" t="n">
-        <v>-437.37181815706657</v>
+        <v>-920.7858085530748</v>
       </c>
       <c r="J8"/>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8" s="2" t="n">
-        <v>-1598.0739466896016</v>
+        <v>-1497.1625107480706</v>
       </c>
       <c r="N8" s="2" t="n">
-        <v>-39239.72685198674</v>
+        <v>-37074.071303881086</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>Internationale Marinebunker</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
       <c r="G9" s="2" t="n">
-        <v>-6886.799464985215</v>
+        <v>-6684.95270851249</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>-38.74010883138922</v>
+        <v>-69.51943575298982</v>
       </c>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9" s="2" t="n">
-        <v>-6925.539573816604</v>
+        <v>-6754.47214426548</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
           <t>Internationale Zivilluftfahrt</t>
         </is>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10"/>
       <c r="G10" s="2" t="n">
-        <v>-1754.8151332760165</v>
+        <v>-1908.0717970765331</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10"/>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10" s="2" t="n">
-        <v>-1754.8151332760165</v>
+        <v>-1908.0717970765331</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>Bestandsveränderungen</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11" s="2" t="n">
-        <v>-87.42279306391545</v>
+        <v>123.46240087895333</v>
       </c>
       <c r="F11"/>
       <c r="G11" s="2" t="n">
-        <v>-54.76149918792414</v>
+        <v>299.64102090857085</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>-79.06742547745772</v>
+        <v>151.12978338516027</v>
       </c>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11" s="2" t="n">
-        <v>-221.2517177292973</v>
+        <v>574.2332051726845</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12" s="2" t="n">
-        <v>2354.236904079496</v>
+        <v>2629.4340021018534</v>
       </c>
       <c r="F12"/>
       <c r="G12" s="2" t="n">
-        <v>18418.131673545486</v>
+        <v>19128.285008999774</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>12208.705560835804</v>
+        <v>11922.293491333077</v>
       </c>
       <c r="I12" s="2" t="n">
-        <v>5492.189351820026</v>
+        <v>5384.715216855374</v>
       </c>
       <c r="J12" s="2" t="n">
-        <v>625.2316805197308</v>
+        <v>606.5634852393257</v>
       </c>
       <c r="K12" s="2" t="n">
-        <v>7925.203000000029</v>
+        <v>7514.529000000027</v>
       </c>
       <c r="L12" s="2" t="n">
-        <v>228.30944874367142</v>
+        <v>65.8641444539985</v>
       </c>
       <c r="M12" s="2" t="n">
-        <v>140.86844368013823</v>
+        <v>889.2003439380942</v>
       </c>
       <c r="N12" s="2" t="n">
-        <v>47392.87606322438</v>
+        <v>48140.884692921536</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Erzeugung von Elektrizität und Wärme</t>
         </is>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13" s="2" t="n">
-        <v>3.8250931498996987</v>
+        <v>1.1531002197382287</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>369.7508837298188</v>
+        <v>442.4739657972693</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>27.04452087513146</v>
+        <v>25.967325881341452</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>2667.29599862639</v>
+        <v>1952.0037821415622</v>
       </c>
       <c r="I13" s="2" t="n">
-        <v>2961.960447119529</v>
+        <v>2868.73704454477</v>
       </c>
       <c r="J13" s="2" t="n">
-        <v>482.25613833954503</v>
+        <v>453.4847616317968</v>
       </c>
       <c r="K13" s="2" t="n">
-        <v>7925.203000000027</v>
+        <v>7514.529000000027</v>
       </c>
       <c r="L13" s="2" t="n">
-        <v>403.256902646414</v>
+        <v>65.8641444539985</v>
       </c>
       <c r="M13" s="2" t="n">
-        <v>145.356835769562</v>
+        <v>124.0068787618233</v>
       </c>
       <c r="N13" s="2" t="n">
-        <v>14985.949820256315</v>
+        <v>13448.220003432327</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
           <t>Kokereien</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14" s="2" t="n">
-        <v>1163.5580395528846</v>
+        <v>1169.2378905130454</v>
       </c>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14"/>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14" s="2" t="n">
-        <v>1163.5580395528846</v>
+        <v>1169.2378905130454</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
           <t>Hochöfen</t>
         </is>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15" s="2" t="n">
-        <v>1650.1472723798665</v>
+        <v>1970.4036495653074</v>
       </c>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15" s="2" t="n">
-        <v>47.60871790960403</v>
-[...1 lines deleted...]
-      <c r="I15"/>
+        <v>49.605921175239</v>
+      </c>
+      <c r="I15" s="2" t="n">
+        <v>19.411006018916662</v>
+      </c>
       <c r="J15"/>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15" s="2" t="n">
-        <v>1697.7559902894707</v>
+        <v>2039.420576759463</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16" t="inlineStr">
         <is>
           <t>Raffinerien und petrochemische Industrie</t>
         </is>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16" s="2" t="n">
-        <v>40509.67367895304</v>
+        <v>42255.643804960986</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16"/>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16" s="2" t="n">
-        <v>40509.67367895304</v>
+        <v>42255.643804960986</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17"/>
-[...4 lines deleted...]
-      </c>
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>Umwaldlungseinsatz</t>
+        </is>
+      </c>
+      <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
-      <c r="E17"/>
-[...2 lines deleted...]
-      <c r="H17"/>
+      <c r="E17" s="2" t="n">
+        <v>3140.794640298091</v>
+      </c>
+      <c r="F17" s="2" t="n">
+        <v>442.4739657972693</v>
+      </c>
+      <c r="G17" s="2" t="n">
+        <v>42281.61113084233</v>
+      </c>
+      <c r="H17" s="2" t="n">
+        <v>2001.609703316801</v>
+      </c>
       <c r="I17" s="2" t="n">
-        <v>10.482946402980833</v>
-[...4 lines deleted...]
-      <c r="M17"/>
+        <v>2888.1480505636873</v>
+      </c>
+      <c r="J17" s="2" t="n">
+        <v>453.4847616317968</v>
+      </c>
+      <c r="K17" s="2" t="n">
+        <v>7514.529000000027</v>
+      </c>
+      <c r="L17" s="2" t="n">
+        <v>65.8641444539985</v>
+      </c>
+      <c r="M17" s="2" t="n">
+        <v>124.0068787618233</v>
+      </c>
       <c r="N17" s="2" t="n">
-        <v>10.482946402980833</v>
+        <v>58912.52227566581</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>Umwaldlungseinsatz</t>
-[...2 lines deleted...]
-      <c r="B18"/>
+          <t>Rückfluss aus Umwandlungen</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C18"/>
       <c r="D18"/>
-      <c r="E18" s="2" t="n">
-[...19 lines deleted...]
-      </c>
+      <c r="E18"/>
+      <c r="F18"/>
+      <c r="G18"/>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18"/>
+      <c r="K18"/>
       <c r="L18" s="2" t="n">
-        <v>403.256902646414</v>
+        <v>341.61412056940975</v>
       </c>
       <c r="M18" s="2" t="n">
-        <v>145.356835769562</v>
+        <v>6634.29062768704</v>
       </c>
       <c r="N18" s="2" t="n">
-        <v>58367.420475454695</v>
+        <v>6975.904748256449</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A19"/>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C19"/>
       <c r="D19"/>
-      <c r="E19"/>
-      <c r="F19"/>
+      <c r="E19" s="2" t="n">
+        <v>928.3470669723927</v>
+      </c>
+      <c r="F19" s="2" t="n">
+        <v>235.7373172828899</v>
+      </c>
       <c r="G19"/>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19"/>
       <c r="K19"/>
-      <c r="L19" s="2" t="n">
-[...4 lines deleted...]
-      </c>
+      <c r="L19"/>
+      <c r="M19"/>
       <c r="N19" s="2" t="n">
-        <v>7740.509219451636</v>
+        <v>1164.0843842552827</v>
       </c>
     </row>
     <row r="20">
       <c r="A20"/>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C20"/>
       <c r="D20"/>
-      <c r="E20" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E20"/>
       <c r="F20" s="2" t="n">
-        <v>223.7811693895107</v>
+        <v>654.9536638960565</v>
       </c>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20"/>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20" s="2" t="n">
-        <v>1139.734279163088</v>
+        <v>654.9536638960565</v>
       </c>
     </row>
     <row r="21">
       <c r="A21"/>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Raffinerien und petrochemische Industrie</t>
         </is>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
-      <c r="F21" s="2" t="n">
-[...2 lines deleted...]
-      <c r="G21"/>
+      <c r="F21"/>
+      <c r="G21" s="2" t="n">
+        <v>42309.17106280945</v>
+      </c>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21"/>
       <c r="K21"/>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" s="2" t="n">
-        <v>529.908283175697</v>
+        <v>42309.17106280945</v>
       </c>
     </row>
     <row r="22">
       <c r="A22"/>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Raffinerien und petrochemische Industrie</t>
+          <t>Mischgas</t>
         </is>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22"/>
-      <c r="G22" s="2" t="n">
-[...2 lines deleted...]
-      <c r="H22"/>
+      <c r="G22"/>
+      <c r="H22" s="2" t="n">
+        <v>19.41100382923237</v>
+      </c>
       <c r="I22"/>
       <c r="J22"/>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22" s="2" t="n">
-        <v>40591.37035078833</v>
+        <v>19.41100382923237</v>
       </c>
     </row>
     <row r="23">
       <c r="A23"/>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Mischgas</t>
+          <t>Nicht anders angegeben Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
-      <c r="G23"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G23" s="2" t="n">
+        <v>97.73574089997167</v>
+      </c>
+      <c r="H23"/>
       <c r="I23"/>
       <c r="J23"/>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23" s="2" t="n">
-        <v>10.484097072130087</v>
+        <v>97.73574089997167</v>
       </c>
     </row>
     <row r="24">
-      <c r="A24"/>
-[...4 lines deleted...]
-      </c>
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>Rückfluss aus Umwandlungen</t>
+        </is>
+      </c>
+      <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
-      <c r="E24"/>
-      <c r="F24"/>
+      <c r="E24" s="2" t="n">
+        <v>928.3470669723927</v>
+      </c>
+      <c r="F24" s="2" t="n">
+        <v>890.6909811789465</v>
+      </c>
       <c r="G24" s="2" t="n">
-        <v>101.74835196331364</v>
-[...1 lines deleted...]
-      <c r="H24"/>
+        <v>42406.906803709426</v>
+      </c>
+      <c r="H24" s="2" t="n">
+        <v>19.41100382923237</v>
+      </c>
       <c r="I24"/>
       <c r="J24"/>
       <c r="K24"/>
-      <c r="L24"/>
-      <c r="M24"/>
+      <c r="L24" s="2" t="n">
+        <v>341.61412056940975</v>
+      </c>
+      <c r="M24" s="2" t="n">
+        <v>6634.29062768704</v>
+      </c>
       <c r="N24" s="2" t="n">
-        <v>101.74835196331364</v>
+        <v>51221.260603946444</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>Rückfluss aus Umwandlungen</t>
-[...2 lines deleted...]
-      <c r="B25"/>
+          <t>Energiesektor</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C25"/>
       <c r="D25"/>
-      <c r="E25" s="2" t="n">
-[...4 lines deleted...]
-      </c>
+      <c r="E25"/>
+      <c r="F25"/>
       <c r="G25" s="2" t="n">
-        <v>40693.11870275164</v>
+        <v>0.9243336199484126</v>
       </c>
       <c r="H25" s="2" t="n">
-        <v>10.484097072130087</v>
-[...1 lines deleted...]
-      <c r="I25"/>
+        <v>4.309244804701197</v>
+      </c>
+      <c r="I25" s="2" t="n">
+        <v>0.47769179325499356</v>
+      </c>
       <c r="J25"/>
       <c r="K25"/>
-      <c r="L25" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="L25"/>
       <c r="M25" s="2" t="n">
-        <v>7194.273430782484</v>
+        <v>243.24161650902926</v>
       </c>
       <c r="N25" s="2" t="n">
-        <v>50113.754581614194</v>
+        <v>248.95288672693385</v>
       </c>
     </row>
     <row r="26">
-      <c r="A26" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A26"/>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
-      <c r="F26"/>
+      <c r="F26" s="2" t="n">
+        <v>93.26096302665553</v>
+      </c>
       <c r="G26" s="2" t="n">
-        <v>0.9243336199484126</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.20540747109964722</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
       <c r="J26"/>
       <c r="K26"/>
       <c r="L26"/>
-      <c r="M26" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="M26"/>
       <c r="N26" s="2" t="n">
-        <v>263.30110213029934</v>
+        <v>93.46637049775518</v>
       </c>
     </row>
     <row r="27">
       <c r="A27"/>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" s="2" t="n">
-        <v>94.36156491831504</v>
+        <v>155.57633514856266</v>
       </c>
       <c r="G27" s="2" t="n">
         <v>0.20540747109964722</v>
       </c>
       <c r="H27"/>
       <c r="I27"/>
       <c r="J27"/>
       <c r="K27"/>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27" s="2" t="n">
-        <v>94.56697238941469</v>
+        <v>155.7817426196623</v>
       </c>
     </row>
     <row r="28">
       <c r="A28"/>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Öl Raffinerien</t>
         </is>
       </c>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
-      <c r="F28" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F28"/>
       <c r="G28" s="2" t="n">
-        <v>0.20540747109964722</v>
-[...1 lines deleted...]
-      <c r="H28"/>
+        <v>1093.0624820865617</v>
+      </c>
+      <c r="H28" s="2" t="n">
+        <v>474.10535646357437</v>
+      </c>
       <c r="I28"/>
       <c r="J28"/>
       <c r="K28"/>
       <c r="L28"/>
-      <c r="M28"/>
+      <c r="M28" s="2" t="n">
+        <v>134.5399828030959</v>
+      </c>
       <c r="N28" s="2" t="n">
-        <v>138.9223273144172</v>
+        <v>1701.707821353232</v>
       </c>
     </row>
     <row r="29">
       <c r="A29"/>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Öl Raffinerien</t>
+          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
         </is>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29"/>
-      <c r="G29" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G29"/>
       <c r="H29" s="2" t="n">
-        <v>423.6817868804219</v>
+        <v>18.369288289109154</v>
       </c>
       <c r="I29"/>
       <c r="J29"/>
       <c r="K29"/>
       <c r="L29"/>
       <c r="M29" s="2" t="n">
-        <v>132.04643164230487</v>
+        <v>7.274290627687042</v>
       </c>
       <c r="N29" s="2" t="n">
-        <v>1614.4174322420388</v>
+        <v>25.643578916796198</v>
       </c>
     </row>
     <row r="30">
       <c r="A30"/>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
+          <t>Nicht anders angegeben Energiesektor</t>
         </is>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30"/>
       <c r="G30"/>
-      <c r="H30" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="H30"/>
       <c r="I30"/>
       <c r="J30"/>
       <c r="K30"/>
       <c r="L30"/>
       <c r="M30" s="2" t="n">
-        <v>9.062768701633738</v>
+        <v>1.2295786758383536</v>
       </c>
       <c r="N30" s="2" t="n">
-        <v>84.9576302818211</v>
+        <v>1.2295786758383536</v>
       </c>
     </row>
     <row r="31">
-      <c r="A31"/>
-[...4 lines deleted...]
-      </c>
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>Energiesektor</t>
+        </is>
+      </c>
+      <c r="B31"/>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
-      <c r="F31"/>
-[...2 lines deleted...]
-      <c r="I31"/>
+      <c r="F31" s="2" t="n">
+        <v>248.83729817521822</v>
+      </c>
+      <c r="G31" s="2" t="n">
+        <v>1094.3976306487093</v>
+      </c>
+      <c r="H31" s="2" t="n">
+        <v>496.78388955738467</v>
+      </c>
+      <c r="I31" s="2" t="n">
+        <v>0.47769179325499356</v>
+      </c>
       <c r="J31"/>
       <c r="K31"/>
       <c r="L31"/>
       <c r="M31" s="2" t="n">
-        <v>1.5477214101461791</v>
+        <v>386.2854686156506</v>
       </c>
       <c r="N31" s="2" t="n">
-        <v>1.5477214101461791</v>
+        <v>2226.7819787902176</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>Energiesektor</t>
+          <t>Netzverluste</t>
         </is>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
-      <c r="F32" s="2" t="n">
-[...4 lines deleted...]
-      </c>
+      <c r="F32"/>
+      <c r="G32"/>
       <c r="H32" s="2" t="n">
-        <v>506.2669738640519</v>
+        <v>23.530460870515544</v>
       </c>
       <c r="I32" s="2" t="n">
-        <v>0.3725995987388949</v>
+        <v>0.20540747109964722</v>
       </c>
       <c r="J32"/>
       <c r="K32"/>
-      <c r="L32"/>
+      <c r="L32" s="2" t="n">
+        <v>24.41005063533017</v>
+      </c>
       <c r="M32" s="2" t="n">
-        <v>397.97076526225425</v>
+        <v>285.1762682717121</v>
       </c>
       <c r="N32" s="2" t="n">
-        <v>2197.713185768137</v>
+        <v>333.3221872486575</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>Netzverluste</t>
-[...3 lines deleted...]
-      <c r="C33"/>
+          <t>Endenergieverbrauch</t>
+        </is>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>Industriesektor</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>Eisen und Stahl</t>
+        </is>
+      </c>
       <c r="D33"/>
-      <c r="E33"/>
-[...1 lines deleted...]
-      <c r="G33"/>
+      <c r="E33" s="2" t="n">
+        <v>8.67787331613646</v>
+      </c>
+      <c r="F33" s="2" t="n">
+        <v>200.36352345466773</v>
+      </c>
+      <c r="G33" s="2" t="n">
+        <v>9.91258240183437</v>
+      </c>
       <c r="H33" s="2" t="n">
-        <v>24.175324773432614</v>
-[...3 lines deleted...]
-      </c>
+        <v>374.3694167719841</v>
+      </c>
+      <c r="I33"/>
       <c r="J33" s="2" t="n">
-        <v>0.2555651093914215</v>
+        <v>2.3884589662749676</v>
       </c>
       <c r="K33"/>
-      <c r="L33" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="L33"/>
       <c r="M33" s="2" t="n">
-        <v>314.05846947549554</v>
+        <v>349.72484952708635</v>
       </c>
       <c r="N33" s="2" t="n">
-        <v>365.9303644218527</v>
+        <v>945.4367044379842</v>
       </c>
     </row>
     <row r="34">
-      <c r="A34" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="A34"/>
+      <c r="B34"/>
       <c r="C34" t="inlineStr">
         <is>
-          <t>Eisen und Stahl</t>
+          <t>Chemische und petrochemische Industrie</t>
         </is>
       </c>
       <c r="D34"/>
       <c r="E34" s="2" t="n">
-        <v>8.017196904557208</v>
-[...3 lines deleted...]
-      </c>
+        <v>9.072179229960861</v>
+      </c>
+      <c r="F34"/>
       <c r="G34" s="2" t="n">
-        <v>10.419891086271177</v>
+        <v>1012.1025604280154</v>
       </c>
       <c r="H34" s="2" t="n">
-        <v>347.76535752008164</v>
+        <v>1493.1662655040539</v>
       </c>
       <c r="I34" s="2" t="n">
-        <v>0.002388458966274968</v>
+        <v>6.2123817712811915</v>
       </c>
       <c r="J34" s="2" t="n">
-        <v>1.6719212763924776</v>
+        <v>2.3884589662749676</v>
       </c>
       <c r="K34"/>
-      <c r="L34"/>
+      <c r="L34" s="2" t="n">
+        <v>191.81236266361012</v>
+      </c>
       <c r="M34" s="2" t="n">
-        <v>298.0223559759254</v>
+        <v>1157.4118658641487</v>
       </c>
       <c r="N34" s="2" t="n">
-        <v>825.1039932323218</v>
+        <v>3872.1660744273445</v>
       </c>
     </row>
     <row r="35">
       <c r="A35"/>
       <c r="B35"/>
       <c r="C35" t="inlineStr">
         <is>
-          <t>Chemische und petrochemische Industrie</t>
+          <t>Nichteisenmetalle</t>
         </is>
       </c>
       <c r="D35"/>
-      <c r="E35" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E35"/>
       <c r="F35"/>
       <c r="G35" s="2" t="n">
-        <v>970.9355593770931</v>
+        <v>4.3410241712047535</v>
       </c>
       <c r="H35" s="2" t="n">
-        <v>1135.9706670994208</v>
-[...6 lines deleted...]
-      </c>
+        <v>110.22220007219951</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35"/>
       <c r="K35"/>
-      <c r="L35" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="L35"/>
       <c r="M35" s="2" t="n">
-        <v>1109.157351676702</v>
+        <v>161.4187446259679</v>
       </c>
       <c r="N35" s="2" t="n">
-        <v>3413.7526007958077</v>
+        <v>275.9819688693721</v>
       </c>
     </row>
     <row r="36">
       <c r="A36"/>
       <c r="B36"/>
       <c r="C36" t="inlineStr">
         <is>
-          <t>Nichteisenmetalle</t>
+          <t>Nichtmetallische mineralische Rohstoffe</t>
         </is>
       </c>
       <c r="D36"/>
-      <c r="E36"/>
+      <c r="E36" s="2" t="n">
+        <v>184.34514665138119</v>
+      </c>
       <c r="F36"/>
       <c r="G36" s="2" t="n">
-        <v>4.624056558708337</v>
+        <v>84.40885640584723</v>
       </c>
       <c r="H36" s="2" t="n">
-        <v>102.12990935822597</v>
-[...2 lines deleted...]
-      <c r="J36"/>
+        <v>447.126205681789</v>
+      </c>
+      <c r="I36" s="2" t="n">
+        <v>133.5721792299613</v>
+      </c>
+      <c r="J36" s="2" t="n">
+        <v>94.6044711951852</v>
+      </c>
       <c r="K36"/>
-      <c r="L36"/>
+      <c r="L36" s="2" t="n">
+        <v>7.633514856214797</v>
+      </c>
       <c r="M36" s="2" t="n">
-        <v>169.77644024075724</v>
+        <v>166.23387790197825</v>
       </c>
       <c r="N36" s="2" t="n">
-        <v>276.5304061576915</v>
+        <v>1117.9242519223567</v>
       </c>
     </row>
     <row r="37">
       <c r="A37"/>
       <c r="B37"/>
       <c r="C37" t="inlineStr">
         <is>
-          <t>Nichtmetallische mineralische Rohstoffe</t>
+          <t>Fahrzeuge und Beförderungsmittel</t>
         </is>
       </c>
       <c r="D37"/>
-      <c r="E37" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E37"/>
       <c r="F37"/>
       <c r="G37" s="2" t="n">
-        <v>85.86127830323905</v>
+        <v>2.773000859845238</v>
       </c>
       <c r="H37" s="2" t="n">
-        <v>469.9727134226812</v>
+        <v>30.99291683861671</v>
       </c>
       <c r="I37" s="2" t="n">
-        <v>132.8174261966184</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.1942294831374838</v>
+      </c>
+      <c r="J37"/>
       <c r="K37"/>
       <c r="L37" s="2" t="n">
-        <v>8.376325594726312</v>
+        <v>0.814464507499764</v>
       </c>
       <c r="M37" s="2" t="n">
-        <v>173.60275150472978</v>
+        <v>44.041272570937394</v>
       </c>
       <c r="N37" s="2" t="n">
-        <v>1171.7557219255978</v>
+        <v>79.8158842600366</v>
       </c>
     </row>
     <row r="38">
       <c r="A38"/>
       <c r="B38"/>
       <c r="C38" t="inlineStr">
         <is>
-          <t>Fahrzeuge und Beförderungsmittel</t>
+          <t>Maschinen</t>
         </is>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38" s="2" t="n">
-        <v>2.875704595395061</v>
+        <v>18.79478360561772</v>
       </c>
       <c r="H38" s="2" t="n">
-        <v>36.781692272827165</v>
+        <v>104.62320131694209</v>
       </c>
       <c r="I38" s="2" t="n">
-        <v>1.4330753797649807</v>
+        <v>2.8159931212381872</v>
       </c>
       <c r="J38"/>
       <c r="K38"/>
-      <c r="L38" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="L38"/>
       <c r="M38" s="2" t="n">
-        <v>47.351676698194495</v>
+        <v>129.6990541702498</v>
       </c>
       <c r="N38" s="2" t="n">
-        <v>89.1682404719293</v>
+        <v>255.9330322140478</v>
       </c>
     </row>
     <row r="39">
       <c r="A39"/>
       <c r="B39"/>
       <c r="C39" t="inlineStr">
         <is>
-          <t>Maschinen</t>
+          <t>Bergbau und Steinbrüche</t>
         </is>
       </c>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39"/>
       <c r="G39" s="2" t="n">
-        <v>19.719117225566134</v>
+        <v>12.632559472628305</v>
       </c>
       <c r="H39" s="2" t="n">
-        <v>100.11332191392587</v>
-[...3 lines deleted...]
-      </c>
+        <v>10.289993475089798</v>
+      </c>
+      <c r="I39"/>
       <c r="J39"/>
       <c r="K39"/>
       <c r="L39"/>
       <c r="M39" s="2" t="n">
-        <v>127.65262252794541</v>
+        <v>34.7635425623389</v>
       </c>
       <c r="N39" s="2" t="n">
-        <v>250.2604509862489</v>
+        <v>57.68609551005701</v>
       </c>
     </row>
     <row r="40">
       <c r="A40"/>
       <c r="B40"/>
       <c r="C40" t="inlineStr">
         <is>
-          <t>Bergbau und Steinbrüche</t>
+          <t>Nahrungsmittel, Getränke und Tabak</t>
         </is>
       </c>
       <c r="D40"/>
-      <c r="E40"/>
+      <c r="E40" s="2" t="n">
+        <v>5.176425910002885</v>
+      </c>
       <c r="F40"/>
       <c r="G40" s="2" t="n">
-        <v>13.248781885927245</v>
+        <v>26.93035253654352</v>
       </c>
       <c r="H40" s="2" t="n">
-        <v>10.21665745844859</v>
-[...1 lines deleted...]
-      <c r="I40"/>
+        <v>959.9694730248622</v>
+      </c>
+      <c r="I40" s="2" t="n">
+        <v>100.3991114932649</v>
+      </c>
       <c r="J40"/>
       <c r="K40"/>
-      <c r="L40"/>
+      <c r="L40" s="2" t="n">
+        <v>17.05837393713582</v>
+      </c>
       <c r="M40" s="2" t="n">
-        <v>33.404987102321705</v>
+        <v>516.6380051590733</v>
       </c>
       <c r="N40" s="2" t="n">
-        <v>56.870426446697536</v>
+        <v>1626.1717420608823</v>
       </c>
     </row>
     <row r="41">
       <c r="A41"/>
       <c r="B41"/>
       <c r="C41" t="inlineStr">
         <is>
-          <t>Nahrungsmittel, Getränke und Tabak</t>
+          <t>Papier, Zellstoff und Druckerzeugnisse</t>
         </is>
       </c>
       <c r="D41"/>
       <c r="E41" s="2" t="n">
-        <v>8.485342027324</v>
+        <v>9.397766790866568</v>
       </c>
       <c r="F41"/>
       <c r="G41" s="2" t="n">
-        <v>27.930639151619474</v>
+        <v>9.40312410432792</v>
       </c>
       <c r="H41" s="2" t="n">
-        <v>902.2729852522189</v>
+        <v>113.15110620072016</v>
       </c>
       <c r="I41" s="2" t="n">
-        <v>81.85965415114195</v>
-[...1 lines deleted...]
-      <c r="J41"/>
+        <v>268.24782650234164</v>
+      </c>
+      <c r="J41" s="2" t="n">
+        <v>21.744530428967305</v>
+      </c>
       <c r="K41"/>
-      <c r="L41" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="L41"/>
       <c r="M41" s="2" t="n">
-        <v>487.1711092003456</v>
+        <v>127.61822871883105</v>
       </c>
       <c r="N41" s="2" t="n">
-        <v>1556.2269429287282</v>
+        <v>549.5625827460545</v>
       </c>
     </row>
     <row r="42">
       <c r="A42"/>
       <c r="B42"/>
       <c r="C42" t="inlineStr">
         <is>
-          <t>Papier, Zellstoff und Druckerzeugnisse</t>
+          <t>Holz und Holzprodukte</t>
         </is>
       </c>
       <c r="D42"/>
-      <c r="E42" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E42"/>
       <c r="F42"/>
       <c r="G42" s="2" t="n">
-        <v>9.688544950797779</v>
+        <v>19.102894812267195</v>
       </c>
       <c r="H42" s="2" t="n">
-        <v>111.89580021147803</v>
+        <v>16.298780274838307</v>
       </c>
       <c r="I42" s="2" t="n">
-        <v>259.2194516098222</v>
+        <v>180.80156682908253</v>
       </c>
       <c r="J42" s="2" t="n">
-        <v>19.215152383682117</v>
+        <v>1.6719212763924776</v>
       </c>
       <c r="K42"/>
       <c r="L42" s="2" t="n">
-        <v>7.182096111588828</v>
+        <v>3.0452851820005837</v>
       </c>
       <c r="M42" s="2" t="n">
-        <v>136.50042992261442</v>
+        <v>60.28374892519368</v>
       </c>
       <c r="N42" s="2" t="n">
-        <v>558.3643322645988</v>
+        <v>281.2041972997748</v>
       </c>
     </row>
     <row r="43">
       <c r="A43"/>
       <c r="B43"/>
       <c r="C43" t="inlineStr">
         <is>
-          <t>Holz und Holzprodukte</t>
+          <t>Bauwesen</t>
         </is>
       </c>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43" s="2" t="n">
-        <v>20.027228432215608</v>
+        <v>140.49202254705312</v>
       </c>
       <c r="H43" s="2" t="n">
-        <v>14.62726849972522</v>
+        <v>64.14045607958403</v>
       </c>
       <c r="I43" s="2" t="n">
-        <v>192.18735072131528</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.6998184771185655</v>
+      </c>
+      <c r="J43"/>
       <c r="K43"/>
-      <c r="L43" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="L43"/>
       <c r="M43" s="2" t="n">
-        <v>57.790197764402606</v>
+        <v>84.0670679277733</v>
       </c>
       <c r="N43" s="2" t="n">
-        <v>289.628701575106</v>
+        <v>289.399365031529</v>
       </c>
     </row>
     <row r="44">
       <c r="A44"/>
       <c r="B44"/>
       <c r="C44" t="inlineStr">
         <is>
-          <t>Bauwesen</t>
+          <t>Textil und Leder</t>
         </is>
       </c>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44" s="2" t="n">
-        <v>147.15749498423668</v>
+        <v>3.081112066494709</v>
       </c>
       <c r="H44" s="2" t="n">
-        <v>62.46891843498102</v>
-[...3 lines deleted...]
-      </c>
+        <v>57.95481338694987</v>
+      </c>
+      <c r="I44"/>
       <c r="J44"/>
       <c r="K44"/>
       <c r="L44"/>
       <c r="M44" s="2" t="n">
-        <v>73.15563198624272</v>
+        <v>50.45571797076544</v>
       </c>
       <c r="N44" s="2" t="n">
-        <v>283.64189063331946</v>
+        <v>111.49164342421003</v>
       </c>
     </row>
     <row r="45">
       <c r="A45"/>
       <c r="B45"/>
       <c r="C45" t="inlineStr">
         <is>
-          <t>Textil und Leder</t>
+          <t>Nicht anders angegeben Industrie</t>
         </is>
       </c>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45"/>
       <c r="G45" s="2" t="n">
-        <v>3.183815802044532</v>
+        <v>202.82241807585817</v>
       </c>
       <c r="H45" s="2" t="n">
-        <v>60.90094081786213</v>
-[...1 lines deleted...]
-      <c r="I45"/>
+        <v>49.58219660424214</v>
+      </c>
+      <c r="I45" s="2" t="n">
+        <v>7.9278307005350435</v>
+      </c>
       <c r="J45"/>
       <c r="K45"/>
-      <c r="L45"/>
+      <c r="L45" s="2" t="n">
+        <v>0.014330753797649805</v>
+      </c>
       <c r="M45" s="2" t="n">
-        <v>54.643164230438714</v>
+        <v>123.594153052451</v>
       </c>
       <c r="N45" s="2" t="n">
-        <v>118.72792085034538</v>
+        <v>383.94092918688403</v>
       </c>
     </row>
     <row r="46">
       <c r="A46"/>
-      <c r="B46"/>
-[...4 lines deleted...]
-      </c>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>Industriesektor</t>
+        </is>
+      </c>
+      <c r="C46"/>
       <c r="D46"/>
-      <c r="E46"/>
-      <c r="F46"/>
+      <c r="E46" s="2" t="n">
+        <v>216.66939189834798</v>
+      </c>
+      <c r="F46" s="2" t="n">
+        <v>200.36352345466773</v>
+      </c>
       <c r="G46" s="2" t="n">
-        <v>211.49324066112615</v>
+        <v>1546.7972914875374</v>
       </c>
       <c r="H46" s="2" t="n">
-        <v>47.77478981678168</v>
+        <v>3831.8870252318716</v>
       </c>
       <c r="I46" s="2" t="n">
-        <v>9.294690149039873</v>
-[...1 lines deleted...]
-      <c r="J46"/>
+        <v>701.8709376079607</v>
+      </c>
+      <c r="J46" s="2" t="n">
+        <v>122.79784083309491</v>
+      </c>
       <c r="K46"/>
       <c r="L46" s="2" t="n">
-        <v>0.019107671730199744</v>
+        <v>220.37833190025876</v>
       </c>
       <c r="M46" s="2" t="n">
-        <v>115.77815993121281</v>
+        <v>3005.950128976795</v>
       </c>
       <c r="N46" s="2" t="n">
-        <v>384.3599882298907</v>
+        <v>9846.714471390535</v>
       </c>
     </row>
     <row r="47">
       <c r="A47"/>
       <c r="B47" t="inlineStr">
         <is>
-          <t>Industriesektor</t>
-[...2 lines deleted...]
-      <c r="C47"/>
+          <t>Verkehrssektor</t>
+        </is>
+      </c>
+      <c r="C47" t="inlineStr">
+        <is>
+          <t>Schienenverkehr</t>
+        </is>
+      </c>
       <c r="D47"/>
       <c r="E47" s="2" t="n">
-        <v>251.77170631508633</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05765501098691145</v>
+      </c>
+      <c r="F47"/>
       <c r="G47" s="2" t="n">
-        <v>1527.16535301424</v>
-[...9 lines deleted...]
-      </c>
+        <v>22.69752555651102</v>
+      </c>
+      <c r="H47"/>
+      <c r="I47"/>
+      <c r="J47"/>
       <c r="K47"/>
-      <c r="L47" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="L47"/>
       <c r="M47" s="2" t="n">
-        <v>2884.0068787618334</v>
+        <v>126.3972484952713</v>
       </c>
       <c r="N47" s="2" t="n">
-        <v>9274.391616498284</v>
+        <v>149.15242906276922</v>
       </c>
     </row>
     <row r="48">
       <c r="A48"/>
-      <c r="B48" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B48"/>
       <c r="C48" t="inlineStr">
         <is>
-          <t>Schienenverkehr</t>
+          <t>Straßenverkehr</t>
         </is>
       </c>
       <c r="D48"/>
-      <c r="E48" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E48"/>
       <c r="F48"/>
       <c r="G48" s="2" t="n">
-        <v>22.389414349861546</v>
-[...2 lines deleted...]
-      <c r="I48"/>
+        <v>7694.501382917767</v>
+      </c>
+      <c r="H48" s="2" t="n">
+        <v>63.743608710182116</v>
+      </c>
+      <c r="I48" s="2" t="n">
+        <v>700.3891426443131</v>
+      </c>
       <c r="J48"/>
       <c r="K48"/>
       <c r="L48"/>
       <c r="M48" s="2" t="n">
-        <v>125.97592433362036</v>
+        <v>149.88822012037886</v>
       </c>
       <c r="N48" s="2" t="n">
-        <v>148.4232946402986</v>
+        <v>8608.522354392642</v>
       </c>
     </row>
     <row r="49">
       <c r="A49"/>
       <c r="B49"/>
       <c r="C49" t="inlineStr">
         <is>
-          <t>Straßenverkehr</t>
+          <t>Inländische Luftfahrt</t>
         </is>
       </c>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49"/>
       <c r="G49" s="2" t="n">
-        <v>7580.729229960856</v>
-[...6 lines deleted...]
-      </c>
+        <v>3.1637527467278224</v>
+      </c>
+      <c r="H49"/>
+      <c r="I49"/>
       <c r="J49"/>
       <c r="K49"/>
       <c r="L49"/>
-      <c r="M49" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="M49"/>
       <c r="N49" s="2" t="n">
-        <v>8547.045208607544</v>
+        <v>3.1637527467278224</v>
       </c>
     </row>
     <row r="50">
       <c r="A50"/>
       <c r="B50"/>
       <c r="C50" t="inlineStr">
         <is>
-          <t>Inländische Luftfahrt</t>
+          <t>Binnenschifffahrt</t>
         </is>
       </c>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50" s="2" t="n">
-        <v>3.058899398108351</v>
-[...1 lines deleted...]
-      <c r="H50"/>
+        <v>136.66762205025367</v>
+      </c>
+      <c r="H50" s="2" t="n">
+        <v>6.856401018090642</v>
+      </c>
       <c r="I50"/>
       <c r="J50"/>
       <c r="K50"/>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50" s="2" t="n">
-        <v>3.058899398108351</v>
+        <v>143.52402306834432</v>
       </c>
     </row>
     <row r="51">
       <c r="A51"/>
       <c r="B51"/>
       <c r="C51" t="inlineStr">
         <is>
-          <t>Binnenschifffahrt</t>
+          <t>Pipeline-Transport</t>
         </is>
       </c>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51"/>
-      <c r="G51" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G51"/>
       <c r="H51" s="2" t="n">
-        <v>6.409944261454343</v>
+        <v>12.78538698812247</v>
       </c>
       <c r="I51"/>
       <c r="J51"/>
       <c r="K51"/>
       <c r="L51"/>
-      <c r="M51"/>
+      <c r="M51" s="2" t="n">
+        <v>2.24419604471196</v>
+      </c>
       <c r="N51" s="2" t="n">
-        <v>148.6235680313985</v>
+        <v>15.029583032834429</v>
       </c>
     </row>
     <row r="52">
       <c r="A52"/>
       <c r="B52"/>
       <c r="C52" t="inlineStr">
         <is>
-          <t>Pipeline-Transport</t>
+          <t>Nicht anders angegeben Verkehr</t>
         </is>
       </c>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52"/>
-      <c r="G52"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G52" s="2" t="n">
+        <v>1.4657972676029478</v>
+      </c>
+      <c r="H52"/>
       <c r="I52"/>
       <c r="J52"/>
       <c r="K52"/>
       <c r="L52"/>
-      <c r="M52" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="M52"/>
       <c r="N52" s="2" t="n">
-        <v>26.851508488927895</v>
+        <v>1.4657972676029478</v>
       </c>
     </row>
     <row r="53">
       <c r="A53"/>
-      <c r="B53"/>
-[...4 lines deleted...]
-      </c>
+      <c r="B53" t="inlineStr">
+        <is>
+          <t>Verkehrssektor</t>
+        </is>
+      </c>
+      <c r="C53"/>
       <c r="D53"/>
-      <c r="E53"/>
+      <c r="E53" s="2" t="n">
+        <v>0.05765501098691145</v>
+      </c>
       <c r="F53"/>
       <c r="G53" s="2" t="n">
-        <v>1.4657972676029478</v>
-[...2 lines deleted...]
-      <c r="I53"/>
+        <v>7858.496080538863</v>
+      </c>
+      <c r="H53" s="2" t="n">
+        <v>83.38539671639523</v>
+      </c>
+      <c r="I53" s="2" t="n">
+        <v>700.3891426443131</v>
+      </c>
       <c r="J53"/>
       <c r="K53"/>
       <c r="L53"/>
-      <c r="M53"/>
+      <c r="M53" s="2" t="n">
+        <v>278.5296646603621</v>
+      </c>
       <c r="N53" s="2" t="n">
-        <v>1.4657972676029478</v>
+        <v>8920.857939570918</v>
       </c>
     </row>
     <row r="54">
       <c r="A54"/>
       <c r="B54" t="inlineStr">
         <is>
-          <t>Verkehrssektor</t>
-[...2 lines deleted...]
-      <c r="C54"/>
+          <t>Sonstige Sektoren</t>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr">
+        <is>
+          <t>Handel und öffentliche Dienstleistungen</t>
+        </is>
+      </c>
       <c r="D54"/>
-      <c r="E54" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E54"/>
       <c r="F54"/>
       <c r="G54" s="2" t="n">
-        <v>7749.856964746374</v>
+        <v>443.204356549156</v>
       </c>
       <c r="H54" s="2" t="n">
-        <v>87.90164479133013</v>
+        <v>1464.1769965250805</v>
       </c>
       <c r="I54" s="2" t="n">
-        <v>814.2639207415954</v>
-[...1 lines deleted...]
-      <c r="J54"/>
+        <v>124.03028565969281</v>
+      </c>
+      <c r="J54" s="2" t="n">
+        <v>30.278494315467764</v>
+      </c>
       <c r="K54"/>
-      <c r="L54"/>
+      <c r="L54" s="2" t="n">
+        <v>84.94076621763668</v>
+      </c>
       <c r="M54" s="2" t="n">
-        <v>223.38779019776516</v>
+        <v>1786.7153912295848</v>
       </c>
       <c r="N54" s="2" t="n">
-        <v>8875.468276433881</v>
+        <v>3933.346290496619</v>
       </c>
     </row>
     <row r="55">
       <c r="A55"/>
-      <c r="B55" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B55"/>
       <c r="C55" t="inlineStr">
         <is>
-          <t>Handel und öffentliche Dienstleistungen</t>
+          <t>Haushalte</t>
         </is>
       </c>
       <c r="D55"/>
-      <c r="E55"/>
+      <c r="E55" s="2" t="n">
+        <v>21.59346517626835</v>
+      </c>
       <c r="F55"/>
       <c r="G55" s="2" t="n">
-        <v>442.2329702875719</v>
+        <v>1816.7134804624118</v>
       </c>
       <c r="H55" s="2" t="n">
-        <v>1426.3182802963406</v>
+        <v>2918.972003610496</v>
       </c>
       <c r="I55" s="2" t="n">
-        <v>93.03286519537626</v>
-[...3 lines deleted...]
-      </c>
+        <v>928.0894118778098</v>
+      </c>
+      <c r="J55"/>
       <c r="K55"/>
       <c r="L55" s="2" t="n">
-        <v>85.1199006401073</v>
+        <v>11.1063341931786</v>
       </c>
       <c r="M55" s="2" t="n">
-        <v>1757.1023215821212</v>
+        <v>1402.854686156497</v>
       </c>
       <c r="N55" s="2" t="n">
-        <v>3831.8707308552484</v>
+        <v>7099.329381476661</v>
       </c>
     </row>
     <row r="56">
       <c r="A56"/>
       <c r="B56"/>
       <c r="C56" t="inlineStr">
         <is>
-          <t>Haushalte</t>
+          <t>Land- und Forstwirtschaft</t>
         </is>
       </c>
       <c r="D56"/>
       <c r="E56" s="2" t="n">
-        <v>24.924476927486474</v>
+        <v>2.2721410146173766</v>
       </c>
       <c r="F56"/>
       <c r="G56" s="2" t="n">
-        <v>1807.5747587656508</v>
+        <v>328.9168338587955</v>
       </c>
       <c r="H56" s="2" t="n">
-        <v>2858.962390511539</v>
+        <v>380.02233500677994</v>
       </c>
       <c r="I56" s="2" t="n">
-        <v>894.2718873793858</v>
+        <v>26.65520206362864</v>
       </c>
       <c r="J56"/>
       <c r="K56"/>
       <c r="L56" s="2" t="n">
-        <v>11.008407375561328</v>
+        <v>0.9458297506448873</v>
       </c>
       <c r="M56" s="2" t="n">
-        <v>1365.8039552880527</v>
+        <v>139.65606190885688</v>
       </c>
       <c r="N56" s="2" t="n">
-        <v>6962.5458762476765</v>
+        <v>878.4684036033228</v>
       </c>
     </row>
     <row r="57">
       <c r="A57"/>
       <c r="B57"/>
       <c r="C57" t="inlineStr">
         <is>
-          <t>Land- und Forstwirtschaft</t>
+          <t>Fischerei</t>
         </is>
       </c>
       <c r="D57"/>
-      <c r="E57" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E57"/>
       <c r="F57"/>
       <c r="G57" s="2" t="n">
-        <v>321.91172255660763</v>
+        <v>29.78408330944885</v>
       </c>
       <c r="H57" s="2" t="n">
-        <v>344.0255044415615</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.20920758060861658</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57"/>
       <c r="K57"/>
-      <c r="L57" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="L57"/>
       <c r="M57" s="2" t="n">
-        <v>124.72914875322483</v>
+        <v>0.24075666380051675</v>
       </c>
       <c r="N57" s="2" t="n">
-        <v>823.6286858689062</v>
+        <v>30.23404755385798</v>
       </c>
     </row>
     <row r="58">
       <c r="A58"/>
       <c r="B58"/>
       <c r="C58" t="inlineStr">
         <is>
-          <t>Fischerei</t>
+          <t>Nicht anders angegeben Sonstige Sektoren</t>
         </is>
       </c>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58"/>
       <c r="G58" s="2" t="n">
-        <v>29.78408330944885</v>
-[...4 lines deleted...]
-      <c r="I58"/>
+        <v>32.33471863953389</v>
+      </c>
+      <c r="H58"/>
+      <c r="I58" s="2" t="n">
+        <v>0.062475617655488896</v>
+      </c>
       <c r="J58"/>
       <c r="K58"/>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58" s="2" t="n">
-        <v>30.008388223039447</v>
+        <v>32.39719425718938</v>
       </c>
     </row>
     <row r="59">
       <c r="A59"/>
-      <c r="B59"/>
-[...4 lines deleted...]
-      </c>
+      <c r="B59" t="inlineStr">
+        <is>
+          <t>Sonstige Sektoren</t>
+        </is>
+      </c>
+      <c r="C59"/>
       <c r="D59"/>
-      <c r="E59"/>
+      <c r="E59" s="2" t="n">
+        <v>23.865606190885725</v>
+      </c>
       <c r="F59"/>
       <c r="G59" s="2" t="n">
-        <v>33.387312505971266</v>
-[...1 lines deleted...]
-      <c r="H59"/>
+        <v>2650.953472819346</v>
+      </c>
+      <c r="H59" s="2" t="n">
+        <v>4763.3805427229645</v>
+      </c>
       <c r="I59" s="2" t="n">
-        <v>0.06873879177414756</v>
-[...1 lines deleted...]
-      <c r="J59"/>
+        <v>1078.8373752187863</v>
+      </c>
+      <c r="J59" s="2" t="n">
+        <v>30.278494315467764</v>
+      </c>
       <c r="K59"/>
-      <c r="L59"/>
+      <c r="L59" s="2" t="n">
+        <v>96.99293016146018</v>
+      </c>
       <c r="M59" s="2" t="n">
-        <v>2.639724849527094</v>
+        <v>3329.4668959587393</v>
       </c>
       <c r="N59" s="2" t="n">
-        <v>36.09577614727251</v>
+        <v>11973.775317387648</v>
       </c>
     </row>
     <row r="60">
       <c r="A60"/>
       <c r="B60" t="inlineStr">
         <is>
-          <t>Sonstige Sektoren</t>
+          <t>Nicht energetischer Endenergieverbrauch</t>
         </is>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60" s="2" t="n">
-        <v>27.326454571510556</v>
+        <v>187.06487054552468</v>
       </c>
       <c r="F60"/>
       <c r="G60" s="2" t="n">
-        <v>2634.8908474252507</v>
+        <v>5954.996178465673</v>
       </c>
       <c r="H60" s="2" t="n">
-        <v>4629.530480163031</v>
-[...6 lines deleted...]
-      </c>
+        <v>741.134030149886</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60"/>
       <c r="K60"/>
-      <c r="L60" s="2" t="n">
-[...4 lines deleted...]
-      </c>
+      <c r="L60"/>
+      <c r="M60"/>
       <c r="N60" s="2" t="n">
-        <v>11684.149457342142</v>
+        <v>6883.195079161084</v>
       </c>
     </row>
     <row r="61">
-      <c r="A61"/>
-[...4 lines deleted...]
-      </c>
+      <c r="A61" t="inlineStr">
+        <is>
+          <t>Endenergieverbrauch</t>
+        </is>
+      </c>
+      <c r="B61"/>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61" s="2" t="n">
-        <v>199.56584025986507</v>
-[...1 lines deleted...]
-      <c r="F61"/>
+        <v>427.65752364574536</v>
+      </c>
+      <c r="F61" s="2" t="n">
+        <v>200.36352345466773</v>
+      </c>
       <c r="G61" s="2" t="n">
-        <v>5518.10905703642</v>
+        <v>18011.24302331142</v>
       </c>
       <c r="H61" s="2" t="n">
-        <v>853.5168614384781</v>
-[...2 lines deleted...]
-      <c r="J61"/>
+        <v>9419.786994821116</v>
+      </c>
+      <c r="I61" s="2" t="n">
+        <v>2481.09745547106</v>
+      </c>
+      <c r="J61" s="2" t="n">
+        <v>153.07633514856266</v>
+      </c>
       <c r="K61"/>
-      <c r="L61"/>
-      <c r="M61"/>
+      <c r="L61" s="2" t="n">
+        <v>317.3712620617189</v>
+      </c>
+      <c r="M61" s="2" t="n">
+        <v>6613.946689595897</v>
+      </c>
       <c r="N61" s="2" t="n">
-        <v>6571.191758734763</v>
+        <v>37624.54280751019</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>Endenergieverbrauch</t>
+          <t>Statistische Differenzen</t>
         </is>
       </c>
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62" s="2" t="n">
-        <v>478.72195710327867</v>
+        <v>-10.67109486959046</v>
       </c>
       <c r="F62" s="2" t="n">
-        <v>159.20488201012762</v>
+        <v>-0.983806248208598</v>
       </c>
       <c r="G62" s="2" t="n">
-        <v>17430.022222222287</v>
+        <v>147.94002790675572</v>
       </c>
       <c r="H62" s="2" t="n">
-        <v>8973.840008471503</v>
+        <v>-0.006553403509315127</v>
       </c>
       <c r="I62" s="2" t="n">
-        <v>2518.3485061933548</v>
+        <v>14.786611556272115</v>
       </c>
       <c r="J62" s="2" t="n">
-        <v>142.7223655297607</v>
+        <v>0.002388458966226645</v>
       </c>
       <c r="K62"/>
       <c r="L62" s="2" t="n">
-        <v>344.67134804624175</v>
+        <v>-0.16719212763933972</v>
       </c>
       <c r="M62" s="2" t="n">
-        <v>6357.669819432525</v>
+        <v>114.07566638005251</v>
       </c>
       <c r="N62" s="2" t="n">
-        <v>36405.20110900907</v>
-[...37 lines deleted...]
-        <v>170.3655101848303</v>
+        <v>264.976047653099</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="20.3125" customWidth="true"/>
     <col min="2" max="2" width="34.36328125" customWidth="true"/>
     <col min="3" max="3" width="35.90625" customWidth="true"/>
     <col min="4" max="4" width="11.78125" customWidth="true"/>
     <col min="5" max="5" width="39.18359375" customWidth="true"/>
     <col min="6" max="6" width="9.92578125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
@@ -2233,277 +2203,277 @@
       <c r="F4"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Primärproduktion</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F5" s="2" t="n">
-        <v>9.970792986158935</v>
+        <v>11.571100265380073</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Primärproduktion</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F6" s="2" t="n">
-        <v>4820.6640154867855</v>
+        <v>5180.119122924448</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Primärproduktion</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F7" s="2" t="n">
-        <v>570.8369160217848</v>
+        <v>536.6771758861202</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Primärproduktion</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F8" s="2" t="n">
-        <v>7925.203000000029</v>
+        <v>7514.529000000027</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Primärproduktion</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F9" s="2" t="n">
-        <v>228.30944874367142</v>
+        <v>65.8641444539985</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Primärproduktion</t>
         </is>
       </c>
       <c r="C10"/>
       <c r="D10" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F10"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Primärproduktion</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E11"/>
       <c r="F11" s="2" t="n">
-        <v>13554.984173238427</v>
+        <v>13308.760543529974</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Wiedergewinnung und wiederverwertete Produkte</t>
         </is>
       </c>
       <c r="C12"/>
       <c r="D12" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F12" s="2" t="n">
-        <v>29.547984140632572</v>
+        <v>24.86857026846288</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Wiedergewinnung und wiederverwertete Produkte</t>
         </is>
       </c>
       <c r="C13"/>
       <c r="D13" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F13"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Wiedergewinnung und wiederverwertete Produkte</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F14" s="2" t="n">
-        <v>39.75542180185358</v>
+        <v>38.597496895003474</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Wiedergewinnung und wiederverwertete Produkte</t>
         </is>
       </c>
       <c r="C15"/>
       <c r="D15" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F15"/>
@@ -2625,205 +2595,205 @@
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F20"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Wiedergewinnung und wiederverwertete Produkte</t>
         </is>
       </c>
       <c r="C21"/>
       <c r="D21" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E21"/>
       <c r="F21" s="2" t="n">
-        <v>69.30340594248615</v>
+        <v>63.466067163466356</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Importe</t>
         </is>
       </c>
       <c r="C22"/>
       <c r="D22" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F22" s="2" t="n">
-        <v>2532.959066590245</v>
+        <v>2535.8953950511223</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Importe</t>
         </is>
       </c>
       <c r="C23"/>
       <c r="D23" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F23"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Importe</t>
         </is>
       </c>
       <c r="C24"/>
       <c r="D24" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F24" s="2" t="n">
-        <v>57292.9069355118</v>
+        <v>57843.86819464052</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Importe</t>
         </is>
       </c>
       <c r="C25"/>
       <c r="D25" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F25" s="2" t="n">
-        <v>19181.821449392086</v>
+        <v>15969.6454660635</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Importe</t>
         </is>
       </c>
       <c r="C26"/>
       <c r="D26" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F26" s="2" t="n">
-        <v>1108.8971544903065</v>
+        <v>1125.3819024840013</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Importe</t>
         </is>
       </c>
       <c r="C27"/>
       <c r="D27" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F27" s="2" t="n">
-        <v>54.39476449794611</v>
+        <v>69.88630935320556</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Importe</t>
         </is>
       </c>
       <c r="C28"/>
       <c r="D28" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F28"/>
@@ -2853,201 +2823,201 @@
       <c r="F29"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Importe</t>
         </is>
       </c>
       <c r="C30"/>
       <c r="D30" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F30" s="2" t="n">
-        <v>1738.9423903697398</v>
+        <v>2386.362854686165</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Importe</t>
         </is>
       </c>
       <c r="C31"/>
       <c r="D31" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E31"/>
       <c r="F31" s="2" t="n">
-        <v>81909.92176085211</v>
+        <v>79931.04012227853</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Exporte</t>
         </is>
       </c>
       <c r="C32"/>
       <c r="D32" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F32" s="2" t="n">
-        <v>-120.84735358746578</v>
+        <v>-54.792364096685</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Exporte</t>
         </is>
       </c>
       <c r="C33"/>
       <c r="D33" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F33"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Exporte</t>
         </is>
       </c>
       <c r="C34"/>
       <c r="D34" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F34" s="2" t="n">
-        <v>-30218.15458631902</v>
+        <v>-30460.797197855278</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Exporte</t>
         </is>
       </c>
       <c r="C35"/>
       <c r="D35" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F35" s="2" t="n">
-        <v>-6865.279147233595</v>
+        <v>-4140.533422627976</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Exporte</t>
         </is>
       </c>
       <c r="C36"/>
       <c r="D36" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F36" s="2" t="n">
-        <v>-437.37181815706657</v>
+        <v>-920.7858085530748</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Exporte</t>
         </is>
       </c>
       <c r="C37"/>
       <c r="D37" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F37"/>
@@ -3101,73 +3071,73 @@
       <c r="F39"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Exporte</t>
         </is>
       </c>
       <c r="C40"/>
       <c r="D40" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F40" s="2" t="n">
-        <v>-1598.0739466896016</v>
+        <v>-1497.1625107480706</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Exporte</t>
         </is>
       </c>
       <c r="C41"/>
       <c r="D41" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E41"/>
       <c r="F41" s="2" t="n">
-        <v>-39239.72685198674</v>
+        <v>-37074.071303881086</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Internationale Marinebunker</t>
         </is>
       </c>
       <c r="C42"/>
       <c r="D42" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F42"/>
@@ -3197,77 +3167,77 @@
       <c r="F43"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Internationale Marinebunker</t>
         </is>
       </c>
       <c r="C44"/>
       <c r="D44" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F44" s="2" t="n">
-        <v>-6886.799464985215</v>
+        <v>-6684.95270851249</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Internationale Marinebunker</t>
         </is>
       </c>
       <c r="C45"/>
       <c r="D45" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F45" s="2" t="n">
-        <v>-38.74010883138922</v>
+        <v>-69.51943575298982</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Internationale Marinebunker</t>
         </is>
       </c>
       <c r="C46"/>
       <c r="D46" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F46"/>
@@ -3365,51 +3335,51 @@
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F50"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Internationale Marinebunker</t>
         </is>
       </c>
       <c r="C51"/>
       <c r="D51" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E51"/>
       <c r="F51" s="2" t="n">
-        <v>-6925.539573816604</v>
+        <v>-6754.47214426548</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Internationale Zivilluftfahrt</t>
         </is>
       </c>
       <c r="C52"/>
       <c r="D52" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F52"/>
@@ -3439,51 +3409,51 @@
       <c r="F53"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Internationale Zivilluftfahrt</t>
         </is>
       </c>
       <c r="C54"/>
       <c r="D54" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F54" s="2" t="n">
-        <v>-1754.8151332760165</v>
+        <v>-1908.0717970765331</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Internationale Zivilluftfahrt</t>
         </is>
       </c>
       <c r="C55"/>
       <c r="D55" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F55"/>
@@ -3605,153 +3575,153 @@
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F60"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Internationale Zivilluftfahrt</t>
         </is>
       </c>
       <c r="C61"/>
       <c r="D61" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E61"/>
       <c r="F61" s="2" t="n">
-        <v>-1754.8151332760165</v>
+        <v>-1908.0717970765331</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Bestandsveränderungen</t>
         </is>
       </c>
       <c r="C62"/>
       <c r="D62" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F62" s="2" t="n">
-        <v>-87.42279306391545</v>
+        <v>123.46240087895333</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Bestandsveränderungen</t>
         </is>
       </c>
       <c r="C63"/>
       <c r="D63" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F63"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Bestandsveränderungen</t>
         </is>
       </c>
       <c r="C64"/>
       <c r="D64" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F64" s="2" t="n">
-        <v>-54.76149918792414</v>
+        <v>299.64102090857085</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Bestandsveränderungen</t>
         </is>
       </c>
       <c r="C65"/>
       <c r="D65" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F65" s="2" t="n">
-        <v>-79.06742547745772</v>
+        <v>151.12978338516027</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Bestandsveränderungen</t>
         </is>
       </c>
       <c r="C66"/>
       <c r="D66" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F66"/>
@@ -3849,547 +3819,547 @@
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F70"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>Bestandsveränderungen</t>
         </is>
       </c>
       <c r="C71"/>
       <c r="D71" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E71"/>
       <c r="F71" s="2" t="n">
-        <v>-221.2517177292973</v>
+        <v>574.2332051726845</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F72" s="2" t="n">
-        <v>2354.236904079496</v>
+        <v>2629.4340021018534</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F73"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F74" s="2" t="n">
-        <v>18418.131673545486</v>
+        <v>19128.285008999774</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B75"/>
       <c r="C75"/>
       <c r="D75" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F75" s="2" t="n">
-        <v>12208.705560835804</v>
+        <v>11922.293491333077</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B76"/>
       <c r="C76"/>
       <c r="D76" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F76" s="2" t="n">
-        <v>5492.189351820026</v>
+        <v>5384.715216855374</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B77"/>
       <c r="C77"/>
       <c r="D77" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F77" s="2" t="n">
-        <v>625.2316805197308</v>
+        <v>606.5634852393257</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B78"/>
       <c r="C78"/>
       <c r="D78" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F78" s="2" t="n">
-        <v>7925.203000000029</v>
+        <v>7514.529000000027</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B79"/>
       <c r="C79"/>
       <c r="D79" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F79" s="2" t="n">
-        <v>228.30944874367142</v>
+        <v>65.8641444539985</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B80"/>
       <c r="C80"/>
       <c r="D80" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F80" s="2" t="n">
-        <v>140.86844368013823</v>
+        <v>889.2003439380942</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>Energieaufkommen insgesamt</t>
         </is>
       </c>
       <c r="B81"/>
       <c r="C81"/>
       <c r="D81" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E81"/>
       <c r="F81" s="2" t="n">
-        <v>47392.87606322438</v>
+        <v>48140.884692921536</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Erzeugung von Elektrizität und Wärme</t>
         </is>
       </c>
       <c r="C82"/>
       <c r="D82" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F82" s="2" t="n">
-        <v>3.8250931498996987</v>
+        <v>1.1531002197382287</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>Erzeugung von Elektrizität und Wärme</t>
         </is>
       </c>
       <c r="C83"/>
       <c r="D83" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F83" s="2" t="n">
-        <v>369.7508837298188</v>
+        <v>442.4739657972693</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>Erzeugung von Elektrizität und Wärme</t>
         </is>
       </c>
       <c r="C84"/>
       <c r="D84" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F84" s="2" t="n">
-        <v>27.04452087513146</v>
+        <v>25.967325881341452</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>Erzeugung von Elektrizität und Wärme</t>
         </is>
       </c>
       <c r="C85"/>
       <c r="D85" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F85" s="2" t="n">
-        <v>2667.29599862639</v>
+        <v>1952.0037821415622</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>Erzeugung von Elektrizität und Wärme</t>
         </is>
       </c>
       <c r="C86"/>
       <c r="D86" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F86" s="2" t="n">
-        <v>2961.960447119529</v>
+        <v>2868.73704454477</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>Erzeugung von Elektrizität und Wärme</t>
         </is>
       </c>
       <c r="C87"/>
       <c r="D87" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F87" s="2" t="n">
-        <v>482.25613833954503</v>
+        <v>453.4847616317968</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>Erzeugung von Elektrizität und Wärme</t>
         </is>
       </c>
       <c r="C88"/>
       <c r="D88" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F88" s="2" t="n">
-        <v>7925.203000000027</v>
+        <v>7514.529000000027</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>Erzeugung von Elektrizität und Wärme</t>
         </is>
       </c>
       <c r="C89"/>
       <c r="D89" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F89" s="2" t="n">
-        <v>403.256902646414</v>
+        <v>65.8641444539985</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>Erzeugung von Elektrizität und Wärme</t>
         </is>
       </c>
       <c r="C90"/>
       <c r="D90" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F90" s="2" t="n">
-        <v>145.356835769562</v>
+        <v>124.0068787618233</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>Erzeugung von Elektrizität und Wärme</t>
         </is>
       </c>
       <c r="C91"/>
       <c r="D91" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E91"/>
       <c r="F91" s="2" t="n">
-        <v>14985.949820256315</v>
+        <v>13448.220003432327</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>Kokereien</t>
         </is>
       </c>
       <c r="C92"/>
       <c r="D92" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F92" s="2" t="n">
-        <v>1163.5580395528846</v>
+        <v>1169.2378905130454</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>Kokereien</t>
         </is>
       </c>
       <c r="C93"/>
       <c r="D93" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F93"/>
@@ -4559,77 +4529,77 @@
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F100"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>Kokereien</t>
         </is>
       </c>
       <c r="C101"/>
       <c r="D101" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E101"/>
       <c r="F101" s="2" t="n">
-        <v>1163.5580395528846</v>
+        <v>1169.2378905130454</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>Hochöfen</t>
         </is>
       </c>
       <c r="C102"/>
       <c r="D102" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F102" s="2" t="n">
-        <v>1650.1472723798665</v>
+        <v>1970.4036495653074</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>Hochöfen</t>
         </is>
       </c>
       <c r="C103"/>
       <c r="D103" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F103"/>
@@ -4659,76 +4629,78 @@
       <c r="F104"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>Hochöfen</t>
         </is>
       </c>
       <c r="C105"/>
       <c r="D105" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F105" s="2" t="n">
-        <v>47.60871790960403</v>
+        <v>49.605921175239</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>Hochöfen</t>
         </is>
       </c>
       <c r="C106"/>
       <c r="D106" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
-      <c r="F106"/>
+      <c r="F106" s="2" t="n">
+        <v>19.411006018916662</v>
+      </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>Hochöfen</t>
         </is>
       </c>
       <c r="C107"/>
       <c r="D107" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F107"/>
     </row>
@@ -4801,51 +4773,51 @@
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F110"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Hochöfen</t>
         </is>
       </c>
       <c r="C111"/>
       <c r="D111" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E111"/>
       <c r="F111" s="2" t="n">
-        <v>1697.7559902894707</v>
+        <v>2039.420576759463</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Raffinerien und petrochemische Industrie</t>
         </is>
       </c>
       <c r="C112"/>
       <c r="D112" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F112"/>
@@ -4875,51 +4847,51 @@
       <c r="F113"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Raffinerien und petrochemische Industrie</t>
         </is>
       </c>
       <c r="C114"/>
       <c r="D114" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F114" s="2" t="n">
-        <v>40509.67367895304</v>
+        <v>42255.643804960986</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Raffinerien und petrochemische Industrie</t>
         </is>
       </c>
       <c r="C115"/>
       <c r="D115" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F115"/>
@@ -5041,12333 +5013,12085 @@
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F120"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>Raffinerien und petrochemische Industrie</t>
         </is>
       </c>
       <c r="C121"/>
       <c r="D121" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E121"/>
       <c r="F121" s="2" t="n">
-        <v>40509.67367895304</v>
+        <v>42255.643804960986</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
-      <c r="B122" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B122"/>
       <c r="C122"/>
       <c r="D122" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
-      <c r="F122"/>
+      <c r="F122" s="2" t="n">
+        <v>3140.794640298091</v>
+      </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
-      <c r="B123" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B123"/>
       <c r="C123"/>
       <c r="D123" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
-      <c r="F123"/>
+      <c r="F123" s="2" t="n">
+        <v>442.4739657972693</v>
+      </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
-      <c r="B124" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B124"/>
       <c r="C124"/>
       <c r="D124" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
-      <c r="F124"/>
+      <c r="F124" s="2" t="n">
+        <v>42281.61113084233</v>
+      </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
-      <c r="B125" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B125"/>
       <c r="C125"/>
       <c r="D125" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
-      <c r="F125"/>
+      <c r="F125" s="2" t="n">
+        <v>2001.609703316801</v>
+      </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
-      <c r="B126" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B126"/>
       <c r="C126"/>
       <c r="D126" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F126" s="2" t="n">
-        <v>10.482946402980833</v>
+        <v>2888.1480505636873</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
-      <c r="B127" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B127"/>
       <c r="C127"/>
       <c r="D127" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
-      <c r="F127"/>
+      <c r="F127" s="2" t="n">
+        <v>453.4847616317968</v>
+      </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
-      <c r="B128" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B128"/>
       <c r="C128"/>
       <c r="D128" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
-      <c r="F128"/>
+      <c r="F128" s="2" t="n">
+        <v>7514.529000000027</v>
+      </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
-      <c r="B129" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B129"/>
       <c r="C129"/>
       <c r="D129" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
-      <c r="F129"/>
+      <c r="F129" s="2" t="n">
+        <v>65.8641444539985</v>
+      </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
-      <c r="B130" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B130"/>
       <c r="C130"/>
       <c r="D130" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
-      <c r="F130"/>
+      <c r="F130" s="2" t="n">
+        <v>124.0068787618233</v>
+      </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>Umwaldlungseinsatz</t>
         </is>
       </c>
-      <c r="B131" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B131"/>
       <c r="C131"/>
       <c r="D131" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E131"/>
       <c r="F131" s="2" t="n">
-        <v>10.482946402980833</v>
+        <v>58912.52227566581</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>Umwaldlungseinsatz</t>
-[...2 lines deleted...]
-      <c r="B132"/>
+          <t>Rückfluss aus Umwandlungen</t>
+        </is>
+      </c>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C132"/>
       <c r="D132" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
-      <c r="F132" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F132"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>Umwaldlungseinsatz</t>
-[...2 lines deleted...]
-      <c r="B133"/>
+          <t>Rückfluss aus Umwandlungen</t>
+        </is>
+      </c>
+      <c r="B133" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C133"/>
       <c r="D133" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
-      <c r="F133" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F133"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>Umwaldlungseinsatz</t>
-[...2 lines deleted...]
-      <c r="B134"/>
+          <t>Rückfluss aus Umwandlungen</t>
+        </is>
+      </c>
+      <c r="B134" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C134"/>
       <c r="D134" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
-      <c r="F134" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F134"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>Umwaldlungseinsatz</t>
-[...2 lines deleted...]
-      <c r="B135"/>
+          <t>Rückfluss aus Umwandlungen</t>
+        </is>
+      </c>
+      <c r="B135" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C135"/>
       <c r="D135" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
-      <c r="F135" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F135"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>Umwaldlungseinsatz</t>
-[...2 lines deleted...]
-      <c r="B136"/>
+          <t>Rückfluss aus Umwandlungen</t>
+        </is>
+      </c>
+      <c r="B136" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C136"/>
       <c r="D136" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
-      <c r="F136" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F136"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>Umwaldlungseinsatz</t>
-[...2 lines deleted...]
-      <c r="B137"/>
+          <t>Rückfluss aus Umwandlungen</t>
+        </is>
+      </c>
+      <c r="B137" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C137"/>
       <c r="D137" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
-      <c r="F137" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F137"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>Umwaldlungseinsatz</t>
-[...2 lines deleted...]
-      <c r="B138"/>
+          <t>Rückfluss aus Umwandlungen</t>
+        </is>
+      </c>
+      <c r="B138" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C138"/>
       <c r="D138" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
-      <c r="F138" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F138"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>Umwaldlungseinsatz</t>
-[...2 lines deleted...]
-      <c r="B139"/>
+          <t>Rückfluss aus Umwandlungen</t>
+        </is>
+      </c>
+      <c r="B139" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C139"/>
       <c r="D139" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F139" s="2" t="n">
-        <v>403.256902646414</v>
+        <v>341.61412056940975</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>Umwaldlungseinsatz</t>
-[...2 lines deleted...]
-      <c r="B140"/>
+          <t>Rückfluss aus Umwandlungen</t>
+        </is>
+      </c>
+      <c r="B140" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C140"/>
       <c r="D140" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E140" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F140" s="2" t="n">
-        <v>145.356835769562</v>
+        <v>6634.29062768704</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>Umwaldlungseinsatz</t>
-[...2 lines deleted...]
-      <c r="B141"/>
+          <t>Rückfluss aus Umwandlungen</t>
+        </is>
+      </c>
+      <c r="B141" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C141"/>
       <c r="D141" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E141"/>
       <c r="F141" s="2" t="n">
-        <v>58367.420475454695</v>
+        <v>6975.904748256449</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C142"/>
       <c r="D142" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
-      <c r="F142"/>
+      <c r="F142" s="2" t="n">
+        <v>928.3470669723927</v>
+      </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C143"/>
       <c r="D143" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E143" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
-      <c r="F143"/>
+      <c r="F143" s="2" t="n">
+        <v>235.7373172828899</v>
+      </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C144"/>
       <c r="D144" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E144" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F144"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C145"/>
       <c r="D145" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E145" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F145"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C146"/>
       <c r="D146" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F146"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C147"/>
       <c r="D147" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F147"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C148"/>
       <c r="D148" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F148"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C149"/>
       <c r="D149" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
-      <c r="F149" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F149"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C150"/>
       <c r="D150" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
-      <c r="F150" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F150"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C151"/>
       <c r="D151" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E151"/>
       <c r="F151" s="2" t="n">
-        <v>7740.509219451636</v>
+        <v>1164.0843842552827</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C152"/>
       <c r="D152" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
-      <c r="F152" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F152"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C153"/>
       <c r="D153" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F153" s="2" t="n">
-        <v>223.7811693895107</v>
+        <v>654.9536638960565</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C154"/>
       <c r="D154" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F154"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C155"/>
       <c r="D155" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F155"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C156"/>
       <c r="D156" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F156"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C157"/>
       <c r="D157" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F157"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C158"/>
       <c r="D158" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F158"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C159"/>
       <c r="D159" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F159"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C160"/>
       <c r="D160" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E160" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F160"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C161"/>
       <c r="D161" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E161"/>
       <c r="F161" s="2" t="n">
-        <v>1139.734279163088</v>
+        <v>654.9536638960565</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Raffinerien und petrochemische Industrie</t>
         </is>
       </c>
       <c r="C162"/>
       <c r="D162" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F162"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Raffinerien und petrochemische Industrie</t>
         </is>
       </c>
       <c r="C163"/>
       <c r="D163" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
-      <c r="F163" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F163"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Raffinerien und petrochemische Industrie</t>
         </is>
       </c>
       <c r="C164"/>
       <c r="D164" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
-      <c r="F164"/>
+      <c r="F164" s="2" t="n">
+        <v>42309.17106280945</v>
+      </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Raffinerien und petrochemische Industrie</t>
         </is>
       </c>
       <c r="C165"/>
       <c r="D165" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E165" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F165"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Raffinerien und petrochemische Industrie</t>
         </is>
       </c>
       <c r="C166"/>
       <c r="D166" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E166" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F166"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Raffinerien und petrochemische Industrie</t>
         </is>
       </c>
       <c r="C167"/>
       <c r="D167" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E167" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F167"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Raffinerien und petrochemische Industrie</t>
         </is>
       </c>
       <c r="C168"/>
       <c r="D168" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E168" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F168"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Raffinerien und petrochemische Industrie</t>
         </is>
       </c>
       <c r="C169"/>
       <c r="D169" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E169" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F169"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Raffinerien und petrochemische Industrie</t>
         </is>
       </c>
       <c r="C170"/>
       <c r="D170" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E170" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F170"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Raffinerien und petrochemische Industrie</t>
         </is>
       </c>
       <c r="C171"/>
       <c r="D171" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E171"/>
       <c r="F171" s="2" t="n">
-        <v>529.908283175697</v>
+        <v>42309.17106280945</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>Raffinerien und petrochemische Industrie</t>
+          <t>Mischgas</t>
         </is>
       </c>
       <c r="C172"/>
       <c r="D172" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E172" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F172"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Raffinerien und petrochemische Industrie</t>
+          <t>Mischgas</t>
         </is>
       </c>
       <c r="C173"/>
       <c r="D173" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E173" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F173"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Raffinerien und petrochemische Industrie</t>
+          <t>Mischgas</t>
         </is>
       </c>
       <c r="C174"/>
       <c r="D174" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E174" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
-      <c r="F174" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F174"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>Raffinerien und petrochemische Industrie</t>
+          <t>Mischgas</t>
         </is>
       </c>
       <c r="C175"/>
       <c r="D175" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E175" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
-      <c r="F175"/>
+      <c r="F175" s="2" t="n">
+        <v>19.41100382923237</v>
+      </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>Raffinerien und petrochemische Industrie</t>
+          <t>Mischgas</t>
         </is>
       </c>
       <c r="C176"/>
       <c r="D176" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E176" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F176"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>Raffinerien und petrochemische Industrie</t>
+          <t>Mischgas</t>
         </is>
       </c>
       <c r="C177"/>
       <c r="D177" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E177" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F177"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
-          <t>Raffinerien und petrochemische Industrie</t>
+          <t>Mischgas</t>
         </is>
       </c>
       <c r="C178"/>
       <c r="D178" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E178" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F178"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>Raffinerien und petrochemische Industrie</t>
+          <t>Mischgas</t>
         </is>
       </c>
       <c r="C179"/>
       <c r="D179" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E179" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F179"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
-          <t>Raffinerien und petrochemische Industrie</t>
+          <t>Mischgas</t>
         </is>
       </c>
       <c r="C180"/>
       <c r="D180" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E180" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F180"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Raffinerien und petrochemische Industrie</t>
+          <t>Mischgas</t>
         </is>
       </c>
       <c r="C181"/>
       <c r="D181" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E181"/>
       <c r="F181" s="2" t="n">
-        <v>40591.37035078833</v>
+        <v>19.41100382923237</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>Mischgas</t>
+          <t>Nicht anders angegeben Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="C182"/>
       <c r="D182" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E182" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F182"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
-          <t>Mischgas</t>
+          <t>Nicht anders angegeben Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="C183"/>
       <c r="D183" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E183" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F183"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Mischgas</t>
+          <t>Nicht anders angegeben Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="C184"/>
       <c r="D184" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E184" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
-      <c r="F184"/>
+      <c r="F184" s="2" t="n">
+        <v>97.73574089997167</v>
+      </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
-          <t>Mischgas</t>
+          <t>Nicht anders angegeben Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="C185"/>
       <c r="D185" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E185" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
-      <c r="F185" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F185"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
-          <t>Mischgas</t>
+          <t>Nicht anders angegeben Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="C186"/>
       <c r="D186" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E186" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F186"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Mischgas</t>
+          <t>Nicht anders angegeben Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="C187"/>
       <c r="D187" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E187" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F187"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Mischgas</t>
+          <t>Nicht anders angegeben Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="C188"/>
       <c r="D188" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E188" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F188"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>Mischgas</t>
+          <t>Nicht anders angegeben Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="C189"/>
       <c r="D189" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E189" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F189"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>Mischgas</t>
+          <t>Nicht anders angegeben Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="C190"/>
       <c r="D190" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E190" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F190"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Mischgas</t>
+          <t>Nicht anders angegeben Rückfluss aus Umwandlungen</t>
         </is>
       </c>
       <c r="C191"/>
       <c r="D191" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E191"/>
       <c r="F191" s="2" t="n">
-        <v>10.484097072130087</v>
+        <v>97.73574089997167</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
-      <c r="B192" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B192"/>
       <c r="C192"/>
       <c r="D192" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E192" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
-      <c r="F192"/>
+      <c r="F192" s="2" t="n">
+        <v>928.3470669723927</v>
+      </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
-      <c r="B193" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B193"/>
       <c r="C193"/>
       <c r="D193" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
-      <c r="F193"/>
+      <c r="F193" s="2" t="n">
+        <v>890.6909811789465</v>
+      </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
-      <c r="B194" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B194"/>
       <c r="C194"/>
       <c r="D194" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E194" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F194" s="2" t="n">
-        <v>101.74835196331364</v>
+        <v>42406.906803709426</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
-      <c r="B195" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B195"/>
       <c r="C195"/>
       <c r="D195" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E195" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
-      <c r="F195"/>
+      <c r="F195" s="2" t="n">
+        <v>19.41100382923237</v>
+      </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
-      <c r="B196" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B196"/>
       <c r="C196"/>
       <c r="D196" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E196" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F196"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
-      <c r="B197" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B197"/>
       <c r="C197"/>
       <c r="D197" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F197"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
-      <c r="B198" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B198"/>
       <c r="C198"/>
       <c r="D198" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E198" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F198"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
-      <c r="B199" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B199"/>
       <c r="C199"/>
       <c r="D199" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E199" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
-      <c r="F199"/>
+      <c r="F199" s="2" t="n">
+        <v>341.61412056940975</v>
+      </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
-      <c r="B200" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B200"/>
       <c r="C200"/>
       <c r="D200" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E200" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
-      <c r="F200"/>
+      <c r="F200" s="2" t="n">
+        <v>6634.29062768704</v>
+      </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
           <t>Rückfluss aus Umwandlungen</t>
         </is>
       </c>
-      <c r="B201" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B201"/>
       <c r="C201"/>
       <c r="D201" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E201"/>
       <c r="F201" s="2" t="n">
-        <v>101.74835196331364</v>
+        <v>51221.260603946444</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>Rückfluss aus Umwandlungen</t>
-[...2 lines deleted...]
-      <c r="B202"/>
+          <t>Energiesektor</t>
+        </is>
+      </c>
+      <c r="B202" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C202"/>
       <c r="D202" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E202" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
-      <c r="F202" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F202"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>Rückfluss aus Umwandlungen</t>
-[...2 lines deleted...]
-      <c r="B203"/>
+          <t>Energiesektor</t>
+        </is>
+      </c>
+      <c r="B203" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C203"/>
       <c r="D203" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E203" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
-      <c r="F203" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F203"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>Rückfluss aus Umwandlungen</t>
-[...2 lines deleted...]
-      <c r="B204"/>
+          <t>Energiesektor</t>
+        </is>
+      </c>
+      <c r="B204" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C204"/>
       <c r="D204" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E204" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F204" s="2" t="n">
-        <v>40693.11870275164</v>
+        <v>0.9243336199484126</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>Rückfluss aus Umwandlungen</t>
-[...2 lines deleted...]
-      <c r="B205"/>
+          <t>Energiesektor</t>
+        </is>
+      </c>
+      <c r="B205" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C205"/>
       <c r="D205" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F205" s="2" t="n">
-        <v>10.484097072130087</v>
+        <v>4.309244804701197</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>Rückfluss aus Umwandlungen</t>
-[...2 lines deleted...]
-      <c r="B206"/>
+          <t>Energiesektor</t>
+        </is>
+      </c>
+      <c r="B206" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C206"/>
       <c r="D206" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
-      <c r="F206"/>
+      <c r="F206" s="2" t="n">
+        <v>0.47769179325499356</v>
+      </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>Rückfluss aus Umwandlungen</t>
-[...2 lines deleted...]
-      <c r="B207"/>
+          <t>Energiesektor</t>
+        </is>
+      </c>
+      <c r="B207" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C207"/>
       <c r="D207" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E207" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F207"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>Rückfluss aus Umwandlungen</t>
-[...2 lines deleted...]
-      <c r="B208"/>
+          <t>Energiesektor</t>
+        </is>
+      </c>
+      <c r="B208" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C208"/>
       <c r="D208" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E208" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F208"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>Rückfluss aus Umwandlungen</t>
-[...2 lines deleted...]
-      <c r="B209"/>
+          <t>Energiesektor</t>
+        </is>
+      </c>
+      <c r="B209" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C209"/>
       <c r="D209" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E209" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
-      <c r="F209" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F209"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>Rückfluss aus Umwandlungen</t>
-[...2 lines deleted...]
-      <c r="B210"/>
+          <t>Energiesektor</t>
+        </is>
+      </c>
+      <c r="B210" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C210"/>
       <c r="D210" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E210" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F210" s="2" t="n">
-        <v>7194.273430782484</v>
+        <v>243.24161650902926</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>Rückfluss aus Umwandlungen</t>
-[...2 lines deleted...]
-      <c r="B211"/>
+          <t>Energiesektor</t>
+        </is>
+      </c>
+      <c r="B211" t="inlineStr">
+        <is>
+          <t>Erzeugung von Elektrizität und Wärme</t>
+        </is>
+      </c>
       <c r="C211"/>
       <c r="D211" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E211"/>
       <c r="F211" s="2" t="n">
-        <v>50113.754581614194</v>
+        <v>248.95288672693385</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C212"/>
       <c r="D212" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E212" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F212"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C213"/>
       <c r="D213" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
-      <c r="F213"/>
+      <c r="F213" s="2" t="n">
+        <v>93.26096302665553</v>
+      </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C214"/>
       <c r="D214" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E214" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F214" s="2" t="n">
-        <v>0.9243336199484126</v>
+        <v>0.20540747109964722</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C215"/>
       <c r="D215" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E215" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
-      <c r="F215" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F215"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C216"/>
       <c r="D216" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E216" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
-      <c r="F216" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F216"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C217"/>
       <c r="D217" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E217" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F217"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C218"/>
       <c r="D218" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E218" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F218"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C219"/>
       <c r="D219" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E219" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F219"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C220"/>
       <c r="D220" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E220" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
-      <c r="F220" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F220"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
-          <t>Erzeugung von Elektrizität und Wärme</t>
+          <t>Kokereien</t>
         </is>
       </c>
       <c r="C221"/>
       <c r="D221" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E221"/>
       <c r="F221" s="2" t="n">
-        <v>263.30110213029934</v>
+        <v>93.46637049775518</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C222"/>
       <c r="D222" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E222" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F222"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C223"/>
       <c r="D223" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E223" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F223" s="2" t="n">
-        <v>94.36156491831504</v>
+        <v>155.57633514856266</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C224"/>
       <c r="D224" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E224" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F224" s="2" t="n">
         <v>0.20540747109964722</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C225"/>
       <c r="D225" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E225" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F225"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C226"/>
       <c r="D226" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E226" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F226"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C227"/>
       <c r="D227" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E227" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F227"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C228"/>
       <c r="D228" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E228" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F228"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C229"/>
       <c r="D229" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E229" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F229"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C230"/>
       <c r="D230" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E230" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F230"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>Kokereien</t>
+          <t>Hochöfen</t>
         </is>
       </c>
       <c r="C231"/>
       <c r="D231" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E231"/>
       <c r="F231" s="2" t="n">
-        <v>94.56697238941469</v>
+        <v>155.7817426196623</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Öl Raffinerien</t>
         </is>
       </c>
       <c r="C232"/>
       <c r="D232" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E232" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F232"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Öl Raffinerien</t>
         </is>
       </c>
       <c r="C233"/>
       <c r="D233" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E233" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
-      <c r="F233" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F233"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Öl Raffinerien</t>
         </is>
       </c>
       <c r="C234"/>
       <c r="D234" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E234" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F234" s="2" t="n">
-        <v>0.20540747109964722</v>
+        <v>1093.0624820865617</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Öl Raffinerien</t>
         </is>
       </c>
       <c r="C235"/>
       <c r="D235" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E235" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
-      <c r="F235"/>
+      <c r="F235" s="2" t="n">
+        <v>474.10535646357437</v>
+      </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Öl Raffinerien</t>
         </is>
       </c>
       <c r="C236"/>
       <c r="D236" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E236" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F236"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Öl Raffinerien</t>
         </is>
       </c>
       <c r="C237"/>
       <c r="D237" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E237" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F237"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Öl Raffinerien</t>
         </is>
       </c>
       <c r="C238"/>
       <c r="D238" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E238" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F238"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Öl Raffinerien</t>
         </is>
       </c>
       <c r="C239"/>
       <c r="D239" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E239" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F239"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Öl Raffinerien</t>
         </is>
       </c>
       <c r="C240"/>
       <c r="D240" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E240" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
-      <c r="F240"/>
+      <c r="F240" s="2" t="n">
+        <v>134.5399828030959</v>
+      </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
-          <t>Hochöfen</t>
+          <t>Öl Raffinerien</t>
         </is>
       </c>
       <c r="C241"/>
       <c r="D241" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E241"/>
       <c r="F241" s="2" t="n">
-        <v>138.9223273144172</v>
+        <v>1701.707821353232</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
-          <t>Öl Raffinerien</t>
+          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
         </is>
       </c>
       <c r="C242"/>
       <c r="D242" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E242" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F242"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
-          <t>Öl Raffinerien</t>
+          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
         </is>
       </c>
       <c r="C243"/>
       <c r="D243" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E243" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F243"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Öl Raffinerien</t>
+          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
         </is>
       </c>
       <c r="C244"/>
       <c r="D244" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E244" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
-      <c r="F244" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F244"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
-          <t>Öl Raffinerien</t>
+          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
         </is>
       </c>
       <c r="C245"/>
       <c r="D245" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E245" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F245" s="2" t="n">
-        <v>423.6817868804219</v>
+        <v>18.369288289109154</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
-          <t>Öl Raffinerien</t>
+          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
         </is>
       </c>
       <c r="C246"/>
       <c r="D246" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E246" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F246"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
-          <t>Öl Raffinerien</t>
+          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
         </is>
       </c>
       <c r="C247"/>
       <c r="D247" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E247" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F247"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
-          <t>Öl Raffinerien</t>
+          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
         </is>
       </c>
       <c r="C248"/>
       <c r="D248" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E248" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F248"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Öl Raffinerien</t>
+          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
         </is>
       </c>
       <c r="C249"/>
       <c r="D249" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E249" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F249"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
-          <t>Öl Raffinerien</t>
+          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
         </is>
       </c>
       <c r="C250"/>
       <c r="D250" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E250" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F250" s="2" t="n">
-        <v>132.04643164230487</v>
+        <v>7.274290627687042</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
-          <t>Öl Raffinerien</t>
+          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
         </is>
       </c>
       <c r="C251"/>
       <c r="D251" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E251"/>
       <c r="F251" s="2" t="n">
-        <v>1614.4174322420388</v>
+        <v>25.643578916796198</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
-          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
+          <t>Nicht anders angegeben Energiesektor</t>
         </is>
       </c>
       <c r="C252"/>
       <c r="D252" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E252" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F252"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
-          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
+          <t>Nicht anders angegeben Energiesektor</t>
         </is>
       </c>
       <c r="C253"/>
       <c r="D253" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E253" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F253"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
-          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
+          <t>Nicht anders angegeben Energiesektor</t>
         </is>
       </c>
       <c r="C254"/>
       <c r="D254" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E254" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F254"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
-          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
+          <t>Nicht anders angegeben Energiesektor</t>
         </is>
       </c>
       <c r="C255"/>
       <c r="D255" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E255" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
-      <c r="F255" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F255"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
-          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
+          <t>Nicht anders angegeben Energiesektor</t>
         </is>
       </c>
       <c r="C256"/>
       <c r="D256" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E256" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F256"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
-          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
+          <t>Nicht anders angegeben Energiesektor</t>
         </is>
       </c>
       <c r="C257"/>
       <c r="D257" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E257" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F257"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
+          <t>Nicht anders angegeben Energiesektor</t>
         </is>
       </c>
       <c r="C258"/>
       <c r="D258" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E258" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F258"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
+          <t>Nicht anders angegeben Energiesektor</t>
         </is>
       </c>
       <c r="C259"/>
       <c r="D259" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E259" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F259"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
+          <t>Nicht anders angegeben Energiesektor</t>
         </is>
       </c>
       <c r="C260"/>
       <c r="D260" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E260" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F260" s="2" t="n">
-        <v>9.062768701633738</v>
+        <v>1.2295786758383536</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Verflüssigungs-  und Vergasungsanlagen (LNG)</t>
+          <t>Nicht anders angegeben Energiesektor</t>
         </is>
       </c>
       <c r="C261"/>
       <c r="D261" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E261"/>
       <c r="F261" s="2" t="n">
-        <v>84.9576302818211</v>
+        <v>1.2295786758383536</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
-      <c r="B262" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B262"/>
       <c r="C262"/>
       <c r="D262" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E262" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F262"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
-      <c r="B263" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B263"/>
       <c r="C263"/>
       <c r="D263" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E263" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
-      <c r="F263"/>
+      <c r="F263" s="2" t="n">
+        <v>248.83729817521822</v>
+      </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
-      <c r="B264" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B264"/>
       <c r="C264"/>
       <c r="D264" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E264" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
-      <c r="F264"/>
+      <c r="F264" s="2" t="n">
+        <v>1094.3976306487093</v>
+      </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
-      <c r="B265" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B265"/>
       <c r="C265"/>
       <c r="D265" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E265" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
-      <c r="F265"/>
+      <c r="F265" s="2" t="n">
+        <v>496.78388955738467</v>
+      </c>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
-      <c r="B266" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B266"/>
       <c r="C266"/>
       <c r="D266" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E266" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
-      <c r="F266"/>
+      <c r="F266" s="2" t="n">
+        <v>0.47769179325499356</v>
+      </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
-      <c r="B267" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B267"/>
       <c r="C267"/>
       <c r="D267" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E267" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F267"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
-      <c r="B268" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B268"/>
       <c r="C268"/>
       <c r="D268" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E268" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F268"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
-      <c r="B269" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B269"/>
       <c r="C269"/>
       <c r="D269" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E269" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F269"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
-      <c r="B270" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B270"/>
       <c r="C270"/>
       <c r="D270" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E270" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F270" s="2" t="n">
-        <v>1.5477214101461791</v>
+        <v>386.2854686156506</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>Energiesektor</t>
         </is>
       </c>
-      <c r="B271" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B271"/>
       <c r="C271"/>
       <c r="D271" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E271"/>
       <c r="F271" s="2" t="n">
-        <v>1.5477214101461791</v>
+        <v>2226.7819787902176</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>Energiesektor</t>
+          <t>Netzverluste</t>
         </is>
       </c>
       <c r="B272"/>
       <c r="C272"/>
       <c r="D272" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E272" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F272"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>Energiesektor</t>
+          <t>Netzverluste</t>
         </is>
       </c>
       <c r="B273"/>
       <c r="C273"/>
       <c r="D273" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E273" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
-      <c r="F273" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F273"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>Energiesektor</t>
+          <t>Netzverluste</t>
         </is>
       </c>
       <c r="B274"/>
       <c r="C274"/>
       <c r="D274" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E274" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
-      <c r="F274" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F274"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>Energiesektor</t>
+          <t>Netzverluste</t>
         </is>
       </c>
       <c r="B275"/>
       <c r="C275"/>
       <c r="D275" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E275" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F275" s="2" t="n">
-        <v>506.2669738640519</v>
+        <v>23.530460870515544</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>Energiesektor</t>
+          <t>Netzverluste</t>
         </is>
       </c>
       <c r="B276"/>
       <c r="C276"/>
       <c r="D276" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E276" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F276" s="2" t="n">
-        <v>0.3725995987388949</v>
+        <v>0.20540747109964722</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>Energiesektor</t>
+          <t>Netzverluste</t>
         </is>
       </c>
       <c r="B277"/>
       <c r="C277"/>
       <c r="D277" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E277" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F277"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>Energiesektor</t>
+          <t>Netzverluste</t>
         </is>
       </c>
       <c r="B278"/>
       <c r="C278"/>
       <c r="D278" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E278" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F278"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>Energiesektor</t>
+          <t>Netzverluste</t>
         </is>
       </c>
       <c r="B279"/>
       <c r="C279"/>
       <c r="D279" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E279" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
-      <c r="F279"/>
+      <c r="F279" s="2" t="n">
+        <v>24.41005063533017</v>
+      </c>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>Energiesektor</t>
+          <t>Netzverluste</t>
         </is>
       </c>
       <c r="B280"/>
       <c r="C280"/>
       <c r="D280" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E280" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F280" s="2" t="n">
-        <v>397.97076526225425</v>
+        <v>285.1762682717121</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>Energiesektor</t>
+          <t>Netzverluste</t>
         </is>
       </c>
       <c r="B281"/>
       <c r="C281"/>
       <c r="D281" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E281"/>
       <c r="F281" s="2" t="n">
-        <v>2197.713185768137</v>
+        <v>333.3221872486575</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>Netzverluste</t>
-[...3 lines deleted...]
-      <c r="C282"/>
+          <t>Endenergieverbrauch</t>
+        </is>
+      </c>
+      <c r="B282" t="inlineStr">
+        <is>
+          <t>Industriesektor</t>
+        </is>
+      </c>
+      <c r="C282" t="inlineStr">
+        <is>
+          <t>Eisen und Stahl</t>
+        </is>
+      </c>
       <c r="D282" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E282" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
-      <c r="F282"/>
+      <c r="F282" s="2" t="n">
+        <v>8.67787331613646</v>
+      </c>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>Netzverluste</t>
-[...3 lines deleted...]
-      <c r="C283"/>
+          <t>Endenergieverbrauch</t>
+        </is>
+      </c>
+      <c r="B283" t="inlineStr">
+        <is>
+          <t>Industriesektor</t>
+        </is>
+      </c>
+      <c r="C283" t="inlineStr">
+        <is>
+          <t>Eisen und Stahl</t>
+        </is>
+      </c>
       <c r="D283" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E283" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
-      <c r="F283"/>
+      <c r="F283" s="2" t="n">
+        <v>200.36352345466773</v>
+      </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>Netzverluste</t>
-[...3 lines deleted...]
-      <c r="C284"/>
+          <t>Endenergieverbrauch</t>
+        </is>
+      </c>
+      <c r="B284" t="inlineStr">
+        <is>
+          <t>Industriesektor</t>
+        </is>
+      </c>
+      <c r="C284" t="inlineStr">
+        <is>
+          <t>Eisen und Stahl</t>
+        </is>
+      </c>
       <c r="D284" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E284" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
-      <c r="F284"/>
+      <c r="F284" s="2" t="n">
+        <v>9.91258240183437</v>
+      </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>Netzverluste</t>
-[...3 lines deleted...]
-      <c r="C285"/>
+          <t>Endenergieverbrauch</t>
+        </is>
+      </c>
+      <c r="B285" t="inlineStr">
+        <is>
+          <t>Industriesektor</t>
+        </is>
+      </c>
+      <c r="C285" t="inlineStr">
+        <is>
+          <t>Eisen und Stahl</t>
+        </is>
+      </c>
       <c r="D285" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E285" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F285" s="2" t="n">
-        <v>24.175324773432614</v>
+        <v>374.3694167719841</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>Netzverluste</t>
-[...3 lines deleted...]
-      <c r="C286"/>
+          <t>Endenergieverbrauch</t>
+        </is>
+      </c>
+      <c r="B286" t="inlineStr">
+        <is>
+          <t>Industriesektor</t>
+        </is>
+      </c>
+      <c r="C286" t="inlineStr">
+        <is>
+          <t>Eisen und Stahl</t>
+        </is>
+      </c>
       <c r="D286" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E286" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
-      <c r="F286" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F286"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>Netzverluste</t>
-[...3 lines deleted...]
-      <c r="C287"/>
+          <t>Endenergieverbrauch</t>
+        </is>
+      </c>
+      <c r="B287" t="inlineStr">
+        <is>
+          <t>Industriesektor</t>
+        </is>
+      </c>
+      <c r="C287" t="inlineStr">
+        <is>
+          <t>Eisen und Stahl</t>
+        </is>
+      </c>
       <c r="D287" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E287" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F287" s="2" t="n">
-        <v>0.2555651093914215</v>
+        <v>2.3884589662749676</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>Netzverluste</t>
-[...3 lines deleted...]
-      <c r="C288"/>
+          <t>Endenergieverbrauch</t>
+        </is>
+      </c>
+      <c r="B288" t="inlineStr">
+        <is>
+          <t>Industriesektor</t>
+        </is>
+      </c>
+      <c r="C288" t="inlineStr">
+        <is>
+          <t>Eisen und Stahl</t>
+        </is>
+      </c>
       <c r="D288" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E288" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F288"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>Netzverluste</t>
-[...3 lines deleted...]
-      <c r="C289"/>
+          <t>Endenergieverbrauch</t>
+        </is>
+      </c>
+      <c r="B289" t="inlineStr">
+        <is>
+          <t>Industriesektor</t>
+        </is>
+      </c>
+      <c r="C289" t="inlineStr">
+        <is>
+          <t>Eisen und Stahl</t>
+        </is>
+      </c>
       <c r="D289" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E289" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
-      <c r="F289" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F289"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>Netzverluste</t>
-[...3 lines deleted...]
-      <c r="C290"/>
+          <t>Endenergieverbrauch</t>
+        </is>
+      </c>
+      <c r="B290" t="inlineStr">
+        <is>
+          <t>Industriesektor</t>
+        </is>
+      </c>
+      <c r="C290" t="inlineStr">
+        <is>
+          <t>Eisen und Stahl</t>
+        </is>
+      </c>
       <c r="D290" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E290" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F290" s="2" t="n">
-        <v>314.05846947549554</v>
+        <v>349.72484952708635</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>Netzverluste</t>
-[...3 lines deleted...]
-      <c r="C291"/>
+          <t>Endenergieverbrauch</t>
+        </is>
+      </c>
+      <c r="B291" t="inlineStr">
+        <is>
+          <t>Industriesektor</t>
+        </is>
+      </c>
+      <c r="C291" t="inlineStr">
+        <is>
+          <t>Eisen und Stahl</t>
+        </is>
+      </c>
       <c r="D291" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E291"/>
       <c r="F291" s="2" t="n">
-        <v>365.9303644218527</v>
+        <v>945.4367044379842</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>Eisen und Stahl</t>
+          <t>Chemische und petrochemische Industrie</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E292" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F292" s="2" t="n">
-        <v>8.017196904557208</v>
+        <v>9.072179229960861</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
-          <t>Eisen und Stahl</t>
+          <t>Chemische und petrochemische Industrie</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E293" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
-      <c r="F293" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F293"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>Eisen und Stahl</t>
+          <t>Chemische und petrochemische Industrie</t>
         </is>
       </c>
       <c r="D294" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E294" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F294" s="2" t="n">
-        <v>10.419891086271177</v>
+        <v>1012.1025604280154</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>Eisen und Stahl</t>
+          <t>Chemische und petrochemische Industrie</t>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E295" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F295" s="2" t="n">
-        <v>347.76535752008164</v>
+        <v>1493.1662655040539</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>Eisen und Stahl</t>
+          <t>Chemische und petrochemische Industrie</t>
         </is>
       </c>
       <c r="D296" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E296" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F296" s="2" t="n">
-        <v>0.002388458966274968</v>
+        <v>6.2123817712811915</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>Eisen und Stahl</t>
+          <t>Chemische und petrochemische Industrie</t>
         </is>
       </c>
       <c r="D297" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E297" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F297" s="2" t="n">
-        <v>1.6719212763924776</v>
+        <v>2.3884589662749676</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>Eisen und Stahl</t>
+          <t>Chemische und petrochemische Industrie</t>
         </is>
       </c>
       <c r="D298" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E298" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F298"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>Eisen und Stahl</t>
+          <t>Chemische und petrochemische Industrie</t>
         </is>
       </c>
       <c r="D299" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E299" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
-      <c r="F299"/>
+      <c r="F299" s="2" t="n">
+        <v>191.81236266361012</v>
+      </c>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>Eisen und Stahl</t>
+          <t>Chemische und petrochemische Industrie</t>
         </is>
       </c>
       <c r="D300" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E300" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F300" s="2" t="n">
-        <v>298.0223559759254</v>
+        <v>1157.4118658641487</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Eisen und Stahl</t>
+          <t>Chemische und petrochemische Industrie</t>
         </is>
       </c>
       <c r="D301" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E301"/>
       <c r="F301" s="2" t="n">
-        <v>825.1039932323218</v>
+        <v>3872.1660744273445</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Chemische und petrochemische Industrie</t>
+          <t>Nichteisenmetalle</t>
         </is>
       </c>
       <c r="D302" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E302" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
-      <c r="F302" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F302"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Chemische und petrochemische Industrie</t>
+          <t>Nichteisenmetalle</t>
         </is>
       </c>
       <c r="D303" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E303" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F303"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>Chemische und petrochemische Industrie</t>
+          <t>Nichteisenmetalle</t>
         </is>
       </c>
       <c r="D304" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E304" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F304" s="2" t="n">
-        <v>970.9355593770931</v>
+        <v>4.3410241712047535</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Chemische und petrochemische Industrie</t>
+          <t>Nichteisenmetalle</t>
         </is>
       </c>
       <c r="D305" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E305" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F305" s="2" t="n">
-        <v>1135.9706670994208</v>
+        <v>110.22220007219951</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Chemische und petrochemische Industrie</t>
+          <t>Nichteisenmetalle</t>
         </is>
       </c>
       <c r="D306" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E306" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
-      <c r="F306" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F306"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Chemische und petrochemische Industrie</t>
+          <t>Nichteisenmetalle</t>
         </is>
       </c>
       <c r="D307" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E307" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
-      <c r="F307" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F307"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>Chemische und petrochemische Industrie</t>
+          <t>Nichteisenmetalle</t>
         </is>
       </c>
       <c r="D308" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E308" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F308"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>Chemische und petrochemische Industrie</t>
+          <t>Nichteisenmetalle</t>
         </is>
       </c>
       <c r="D309" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E309" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
-      <c r="F309" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F309"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Chemische und petrochemische Industrie</t>
+          <t>Nichteisenmetalle</t>
         </is>
       </c>
       <c r="D310" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E310" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F310" s="2" t="n">
-        <v>1109.157351676702</v>
+        <v>161.4187446259679</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>Chemische und petrochemische Industrie</t>
+          <t>Nichteisenmetalle</t>
         </is>
       </c>
       <c r="D311" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E311"/>
       <c r="F311" s="2" t="n">
-        <v>3413.7526007958077</v>
+        <v>275.9819688693721</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>Nichteisenmetalle</t>
+          <t>Nichtmetallische mineralische Rohstoffe</t>
         </is>
       </c>
       <c r="D312" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E312" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
-      <c r="F312"/>
+      <c r="F312" s="2" t="n">
+        <v>184.34514665138119</v>
+      </c>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Nichteisenmetalle</t>
+          <t>Nichtmetallische mineralische Rohstoffe</t>
         </is>
       </c>
       <c r="D313" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E313" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F313"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>Nichteisenmetalle</t>
+          <t>Nichtmetallische mineralische Rohstoffe</t>
         </is>
       </c>
       <c r="D314" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E314" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F314" s="2" t="n">
-        <v>4.624056558708337</v>
+        <v>84.40885640584723</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>Nichteisenmetalle</t>
+          <t>Nichtmetallische mineralische Rohstoffe</t>
         </is>
       </c>
       <c r="D315" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E315" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F315" s="2" t="n">
-        <v>102.12990935822597</v>
+        <v>447.126205681789</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Nichteisenmetalle</t>
+          <t>Nichtmetallische mineralische Rohstoffe</t>
         </is>
       </c>
       <c r="D316" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E316" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
-      <c r="F316"/>
+      <c r="F316" s="2" t="n">
+        <v>133.5721792299613</v>
+      </c>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Nichteisenmetalle</t>
+          <t>Nichtmetallische mineralische Rohstoffe</t>
         </is>
       </c>
       <c r="D317" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E317" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
-      <c r="F317"/>
+      <c r="F317" s="2" t="n">
+        <v>94.6044711951852</v>
+      </c>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Nichteisenmetalle</t>
+          <t>Nichtmetallische mineralische Rohstoffe</t>
         </is>
       </c>
       <c r="D318" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E318" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F318"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Nichteisenmetalle</t>
+          <t>Nichtmetallische mineralische Rohstoffe</t>
         </is>
       </c>
       <c r="D319" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E319" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
-      <c r="F319"/>
+      <c r="F319" s="2" t="n">
+        <v>7.633514856214797</v>
+      </c>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>Nichteisenmetalle</t>
+          <t>Nichtmetallische mineralische Rohstoffe</t>
         </is>
       </c>
       <c r="D320" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E320" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F320" s="2" t="n">
-        <v>169.77644024075724</v>
+        <v>166.23387790197825</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Nichteisenmetalle</t>
+          <t>Nichtmetallische mineralische Rohstoffe</t>
         </is>
       </c>
       <c r="D321" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E321"/>
       <c r="F321" s="2" t="n">
-        <v>276.5304061576915</v>
+        <v>1117.9242519223567</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>Nichtmetallische mineralische Rohstoffe</t>
+          <t>Fahrzeuge und Beförderungsmittel</t>
         </is>
       </c>
       <c r="D322" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E322" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
-      <c r="F322" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F322"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>Nichtmetallische mineralische Rohstoffe</t>
+          <t>Fahrzeuge und Beförderungsmittel</t>
         </is>
       </c>
       <c r="D323" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E323" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F323"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>Nichtmetallische mineralische Rohstoffe</t>
+          <t>Fahrzeuge und Beförderungsmittel</t>
         </is>
       </c>
       <c r="D324" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E324" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F324" s="2" t="n">
-        <v>85.86127830323905</v>
+        <v>2.773000859845238</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>Nichtmetallische mineralische Rohstoffe</t>
+          <t>Fahrzeuge und Beförderungsmittel</t>
         </is>
       </c>
       <c r="D325" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E325" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F325" s="2" t="n">
-        <v>469.9727134226812</v>
+        <v>30.99291683861671</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>Nichtmetallische mineralische Rohstoffe</t>
+          <t>Fahrzeuge und Beförderungsmittel</t>
         </is>
       </c>
       <c r="D326" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E326" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F326" s="2" t="n">
-        <v>132.8174261966184</v>
+        <v>1.1942294831374838</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Nichtmetallische mineralische Rohstoffe</t>
+          <t>Fahrzeuge und Beförderungsmittel</t>
         </is>
       </c>
       <c r="D327" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E327" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
-      <c r="F327" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F327"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>Nichtmetallische mineralische Rohstoffe</t>
+          <t>Fahrzeuge und Beförderungsmittel</t>
         </is>
       </c>
       <c r="D328" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E328" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F328"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>Nichtmetallische mineralische Rohstoffe</t>
+          <t>Fahrzeuge und Beförderungsmittel</t>
         </is>
       </c>
       <c r="D329" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E329" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F329" s="2" t="n">
-        <v>8.376325594726312</v>
+        <v>0.814464507499764</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>Nichtmetallische mineralische Rohstoffe</t>
+          <t>Fahrzeuge und Beförderungsmittel</t>
         </is>
       </c>
       <c r="D330" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E330" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F330" s="2" t="n">
-        <v>173.60275150472978</v>
+        <v>44.041272570937394</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Nichtmetallische mineralische Rohstoffe</t>
+          <t>Fahrzeuge und Beförderungsmittel</t>
         </is>
       </c>
       <c r="D331" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E331"/>
       <c r="F331" s="2" t="n">
-        <v>1171.7557219255978</v>
+        <v>79.8158842600366</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>Fahrzeuge und Beförderungsmittel</t>
+          <t>Maschinen</t>
         </is>
       </c>
       <c r="D332" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E332" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F332"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>Fahrzeuge und Beförderungsmittel</t>
+          <t>Maschinen</t>
         </is>
       </c>
       <c r="D333" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E333" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F333"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>Fahrzeuge und Beförderungsmittel</t>
+          <t>Maschinen</t>
         </is>
       </c>
       <c r="D334" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E334" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F334" s="2" t="n">
-        <v>2.875704595395061</v>
+        <v>18.79478360561772</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Fahrzeuge und Beförderungsmittel</t>
+          <t>Maschinen</t>
         </is>
       </c>
       <c r="D335" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E335" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F335" s="2" t="n">
-        <v>36.781692272827165</v>
+        <v>104.62320131694209</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Fahrzeuge und Beförderungsmittel</t>
+          <t>Maschinen</t>
         </is>
       </c>
       <c r="D336" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E336" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F336" s="2" t="n">
-        <v>1.4330753797649807</v>
+        <v>2.8159931212381872</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Fahrzeuge und Beförderungsmittel</t>
+          <t>Maschinen</t>
         </is>
       </c>
       <c r="D337" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E337" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F337"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Fahrzeuge und Beförderungsmittel</t>
+          <t>Maschinen</t>
         </is>
       </c>
       <c r="D338" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E338" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F338"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Fahrzeuge und Beförderungsmittel</t>
+          <t>Maschinen</t>
         </is>
       </c>
       <c r="D339" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E339" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
-      <c r="F339" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F339"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
-          <t>Fahrzeuge und Beförderungsmittel</t>
+          <t>Maschinen</t>
         </is>
       </c>
       <c r="D340" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E340" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F340" s="2" t="n">
-        <v>47.351676698194495</v>
+        <v>129.6990541702498</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>Fahrzeuge und Beförderungsmittel</t>
+          <t>Maschinen</t>
         </is>
       </c>
       <c r="D341" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E341"/>
       <c r="F341" s="2" t="n">
-        <v>89.1682404719293</v>
+        <v>255.9330322140478</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>Maschinen</t>
+          <t>Bergbau und Steinbrüche</t>
         </is>
       </c>
       <c r="D342" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E342" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F342"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
-          <t>Maschinen</t>
+          <t>Bergbau und Steinbrüche</t>
         </is>
       </c>
       <c r="D343" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E343" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F343"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
-          <t>Maschinen</t>
+          <t>Bergbau und Steinbrüche</t>
         </is>
       </c>
       <c r="D344" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E344" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F344" s="2" t="n">
-        <v>19.719117225566134</v>
+        <v>12.632559472628305</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>Maschinen</t>
+          <t>Bergbau und Steinbrüche</t>
         </is>
       </c>
       <c r="D345" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E345" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F345" s="2" t="n">
-        <v>100.11332191392587</v>
+        <v>10.289993475089798</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>Maschinen</t>
+          <t>Bergbau und Steinbrüche</t>
         </is>
       </c>
       <c r="D346" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E346" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
-      <c r="F346" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F346"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>Maschinen</t>
+          <t>Bergbau und Steinbrüche</t>
         </is>
       </c>
       <c r="D347" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E347" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F347"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>Maschinen</t>
+          <t>Bergbau und Steinbrüche</t>
         </is>
       </c>
       <c r="D348" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E348" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F348"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
-          <t>Maschinen</t>
+          <t>Bergbau und Steinbrüche</t>
         </is>
       </c>
       <c r="D349" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E349" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F349"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>Maschinen</t>
+          <t>Bergbau und Steinbrüche</t>
         </is>
       </c>
       <c r="D350" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E350" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F350" s="2" t="n">
-        <v>127.65262252794541</v>
+        <v>34.7635425623389</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>Maschinen</t>
+          <t>Bergbau und Steinbrüche</t>
         </is>
       </c>
       <c r="D351" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E351"/>
       <c r="F351" s="2" t="n">
-        <v>250.2604509862489</v>
+        <v>57.68609551005701</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
-          <t>Bergbau und Steinbrüche</t>
+          <t>Nahrungsmittel, Getränke und Tabak</t>
         </is>
       </c>
       <c r="D352" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E352" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
-      <c r="F352"/>
+      <c r="F352" s="2" t="n">
+        <v>5.176425910002885</v>
+      </c>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
-          <t>Bergbau und Steinbrüche</t>
+          <t>Nahrungsmittel, Getränke und Tabak</t>
         </is>
       </c>
       <c r="D353" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E353" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F353"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
-          <t>Bergbau und Steinbrüche</t>
+          <t>Nahrungsmittel, Getränke und Tabak</t>
         </is>
       </c>
       <c r="D354" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E354" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F354" s="2" t="n">
-        <v>13.248781885927245</v>
+        <v>26.93035253654352</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
-          <t>Bergbau und Steinbrüche</t>
+          <t>Nahrungsmittel, Getränke und Tabak</t>
         </is>
       </c>
       <c r="D355" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E355" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F355" s="2" t="n">
-        <v>10.21665745844859</v>
+        <v>959.9694730248622</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
-          <t>Bergbau und Steinbrüche</t>
+          <t>Nahrungsmittel, Getränke und Tabak</t>
         </is>
       </c>
       <c r="D356" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E356" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
-      <c r="F356"/>
+      <c r="F356" s="2" t="n">
+        <v>100.3991114932649</v>
+      </c>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>Bergbau und Steinbrüche</t>
+          <t>Nahrungsmittel, Getränke und Tabak</t>
         </is>
       </c>
       <c r="D357" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E357" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F357"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>Bergbau und Steinbrüche</t>
+          <t>Nahrungsmittel, Getränke und Tabak</t>
         </is>
       </c>
       <c r="D358" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E358" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F358"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>Bergbau und Steinbrüche</t>
+          <t>Nahrungsmittel, Getränke und Tabak</t>
         </is>
       </c>
       <c r="D359" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E359" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
-      <c r="F359"/>
+      <c r="F359" s="2" t="n">
+        <v>17.05837393713582</v>
+      </c>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
-          <t>Bergbau und Steinbrüche</t>
+          <t>Nahrungsmittel, Getränke und Tabak</t>
         </is>
       </c>
       <c r="D360" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E360" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F360" s="2" t="n">
-        <v>33.404987102321705</v>
+        <v>516.6380051590733</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>Bergbau und Steinbrüche</t>
+          <t>Nahrungsmittel, Getränke und Tabak</t>
         </is>
       </c>
       <c r="D361" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E361"/>
       <c r="F361" s="2" t="n">
-        <v>56.870426446697536</v>
+        <v>1626.1717420608823</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>Nahrungsmittel, Getränke und Tabak</t>
+          <t>Papier, Zellstoff und Druckerzeugnisse</t>
         </is>
       </c>
       <c r="D362" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E362" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F362" s="2" t="n">
-        <v>8.485342027324</v>
+        <v>9.397766790866568</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
-          <t>Nahrungsmittel, Getränke und Tabak</t>
+          <t>Papier, Zellstoff und Druckerzeugnisse</t>
         </is>
       </c>
       <c r="D363" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E363" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F363"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>Nahrungsmittel, Getränke und Tabak</t>
+          <t>Papier, Zellstoff und Druckerzeugnisse</t>
         </is>
       </c>
       <c r="D364" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E364" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F364" s="2" t="n">
-        <v>27.930639151619474</v>
+        <v>9.40312410432792</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>Nahrungsmittel, Getränke und Tabak</t>
+          <t>Papier, Zellstoff und Druckerzeugnisse</t>
         </is>
       </c>
       <c r="D365" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E365" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F365" s="2" t="n">
-        <v>902.2729852522189</v>
+        <v>113.15110620072016</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>Nahrungsmittel, Getränke und Tabak</t>
+          <t>Papier, Zellstoff und Druckerzeugnisse</t>
         </is>
       </c>
       <c r="D366" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E366" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F366" s="2" t="n">
-        <v>81.85965415114195</v>
+        <v>268.24782650234164</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>Nahrungsmittel, Getränke und Tabak</t>
+          <t>Papier, Zellstoff und Druckerzeugnisse</t>
         </is>
       </c>
       <c r="D367" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E367" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
-      <c r="F367"/>
+      <c r="F367" s="2" t="n">
+        <v>21.744530428967305</v>
+      </c>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
-          <t>Nahrungsmittel, Getränke und Tabak</t>
+          <t>Papier, Zellstoff und Druckerzeugnisse</t>
         </is>
       </c>
       <c r="D368" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E368" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F368"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>Nahrungsmittel, Getränke und Tabak</t>
+          <t>Papier, Zellstoff und Druckerzeugnisse</t>
         </is>
       </c>
       <c r="D369" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E369" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
-      <c r="F369" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F369"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>Nahrungsmittel, Getränke und Tabak</t>
+          <t>Papier, Zellstoff und Druckerzeugnisse</t>
         </is>
       </c>
       <c r="D370" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E370" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F370" s="2" t="n">
-        <v>487.1711092003456</v>
+        <v>127.61822871883105</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>Nahrungsmittel, Getränke und Tabak</t>
+          <t>Papier, Zellstoff und Druckerzeugnisse</t>
         </is>
       </c>
       <c r="D371" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E371"/>
       <c r="F371" s="2" t="n">
-        <v>1556.2269429287282</v>
+        <v>549.5625827460545</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>Papier, Zellstoff und Druckerzeugnisse</t>
+          <t>Holz und Holzprodukte</t>
         </is>
       </c>
       <c r="D372" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E372" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
-      <c r="F372" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F372"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
-          <t>Papier, Zellstoff und Druckerzeugnisse</t>
+          <t>Holz und Holzprodukte</t>
         </is>
       </c>
       <c r="D373" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E373" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F373"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
-          <t>Papier, Zellstoff und Druckerzeugnisse</t>
+          <t>Holz und Holzprodukte</t>
         </is>
       </c>
       <c r="D374" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E374" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F374" s="2" t="n">
-        <v>9.688544950797779</v>
+        <v>19.102894812267195</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
-          <t>Papier, Zellstoff und Druckerzeugnisse</t>
+          <t>Holz und Holzprodukte</t>
         </is>
       </c>
       <c r="D375" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E375" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F375" s="2" t="n">
-        <v>111.89580021147803</v>
+        <v>16.298780274838307</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
-          <t>Papier, Zellstoff und Druckerzeugnisse</t>
+          <t>Holz und Holzprodukte</t>
         </is>
       </c>
       <c r="D376" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E376" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F376" s="2" t="n">
-        <v>259.2194516098222</v>
+        <v>180.80156682908253</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>Papier, Zellstoff und Druckerzeugnisse</t>
+          <t>Holz und Holzprodukte</t>
         </is>
       </c>
       <c r="D377" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E377" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F377" s="2" t="n">
-        <v>19.215152383682117</v>
+        <v>1.6719212763924776</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>Papier, Zellstoff und Druckerzeugnisse</t>
+          <t>Holz und Holzprodukte</t>
         </is>
       </c>
       <c r="D378" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E378" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F378"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>Papier, Zellstoff und Druckerzeugnisse</t>
+          <t>Holz und Holzprodukte</t>
         </is>
       </c>
       <c r="D379" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E379" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F379" s="2" t="n">
-        <v>7.182096111588828</v>
+        <v>3.0452851820005837</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
-          <t>Papier, Zellstoff und Druckerzeugnisse</t>
+          <t>Holz und Holzprodukte</t>
         </is>
       </c>
       <c r="D380" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E380" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F380" s="2" t="n">
-        <v>136.50042992261442</v>
+        <v>60.28374892519368</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
-          <t>Papier, Zellstoff und Druckerzeugnisse</t>
+          <t>Holz und Holzprodukte</t>
         </is>
       </c>
       <c r="D381" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E381"/>
       <c r="F381" s="2" t="n">
-        <v>558.3643322645988</v>
+        <v>281.2041972997748</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>Holz und Holzprodukte</t>
+          <t>Bauwesen</t>
         </is>
       </c>
       <c r="D382" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E382" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F382"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>Holz und Holzprodukte</t>
+          <t>Bauwesen</t>
         </is>
       </c>
       <c r="D383" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E383" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F383"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
-          <t>Holz und Holzprodukte</t>
+          <t>Bauwesen</t>
         </is>
       </c>
       <c r="D384" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E384" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F384" s="2" t="n">
-        <v>20.027228432215608</v>
+        <v>140.49202254705312</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>Holz und Holzprodukte</t>
+          <t>Bauwesen</t>
         </is>
       </c>
       <c r="D385" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E385" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F385" s="2" t="n">
-        <v>14.62726849972522</v>
+        <v>64.14045607958403</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
-          <t>Holz und Holzprodukte</t>
+          <t>Bauwesen</t>
         </is>
       </c>
       <c r="D386" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E386" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F386" s="2" t="n">
-        <v>192.18735072131528</v>
+        <v>0.6998184771185655</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
-          <t>Holz und Holzprodukte</t>
+          <t>Bauwesen</t>
         </is>
       </c>
       <c r="D387" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E387" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
-      <c r="F387" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F387"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
-          <t>Holz und Holzprodukte</t>
+          <t>Bauwesen</t>
         </is>
       </c>
       <c r="D388" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E388" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F388"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
-          <t>Holz und Holzprodukte</t>
+          <t>Bauwesen</t>
         </is>
       </c>
       <c r="D389" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E389" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
-      <c r="F389" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F389"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
-          <t>Holz und Holzprodukte</t>
+          <t>Bauwesen</t>
         </is>
       </c>
       <c r="D390" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E390" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F390" s="2" t="n">
-        <v>57.790197764402606</v>
+        <v>84.0670679277733</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>Holz und Holzprodukte</t>
+          <t>Bauwesen</t>
         </is>
       </c>
       <c r="D391" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E391"/>
       <c r="F391" s="2" t="n">
-        <v>289.628701575106</v>
+        <v>289.399365031529</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
-          <t>Bauwesen</t>
+          <t>Textil und Leder</t>
         </is>
       </c>
       <c r="D392" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E392" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F392"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B393" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C393" t="inlineStr">
         <is>
-          <t>Bauwesen</t>
+          <t>Textil und Leder</t>
         </is>
       </c>
       <c r="D393" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E393" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F393"/>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B394" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C394" t="inlineStr">
         <is>
-          <t>Bauwesen</t>
+          <t>Textil und Leder</t>
         </is>
       </c>
       <c r="D394" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E394" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F394" s="2" t="n">
-        <v>147.15749498423668</v>
+        <v>3.081112066494709</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>Bauwesen</t>
+          <t>Textil und Leder</t>
         </is>
       </c>
       <c r="D395" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E395" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F395" s="2" t="n">
-        <v>62.46891843498102</v>
+        <v>57.95481338694987</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>Bauwesen</t>
+          <t>Textil und Leder</t>
         </is>
       </c>
       <c r="D396" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E396" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
-      <c r="F396" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F396"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
-          <t>Bauwesen</t>
+          <t>Textil und Leder</t>
         </is>
       </c>
       <c r="D397" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E397" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F397"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>Bauwesen</t>
+          <t>Textil und Leder</t>
         </is>
       </c>
       <c r="D398" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E398" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F398"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
-          <t>Bauwesen</t>
+          <t>Textil und Leder</t>
         </is>
       </c>
       <c r="D399" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E399" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F399"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
-          <t>Bauwesen</t>
+          <t>Textil und Leder</t>
         </is>
       </c>
       <c r="D400" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E400" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F400" s="2" t="n">
-        <v>73.15563198624272</v>
+        <v>50.45571797076544</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
-          <t>Bauwesen</t>
+          <t>Textil und Leder</t>
         </is>
       </c>
       <c r="D401" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E401"/>
       <c r="F401" s="2" t="n">
-        <v>283.64189063331946</v>
+        <v>111.49164342421003</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
-          <t>Textil und Leder</t>
+          <t>Nicht anders angegeben Industrie</t>
         </is>
       </c>
       <c r="D402" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E402" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F402"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
-          <t>Textil und Leder</t>
+          <t>Nicht anders angegeben Industrie</t>
         </is>
       </c>
       <c r="D403" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E403" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F403"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
-          <t>Textil und Leder</t>
+          <t>Nicht anders angegeben Industrie</t>
         </is>
       </c>
       <c r="D404" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E404" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F404" s="2" t="n">
-        <v>3.183815802044532</v>
+        <v>202.82241807585817</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
-          <t>Textil und Leder</t>
+          <t>Nicht anders angegeben Industrie</t>
         </is>
       </c>
       <c r="D405" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E405" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F405" s="2" t="n">
-        <v>60.90094081786213</v>
+        <v>49.58219660424214</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
-          <t>Textil und Leder</t>
+          <t>Nicht anders angegeben Industrie</t>
         </is>
       </c>
       <c r="D406" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E406" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
-      <c r="F406"/>
+      <c r="F406" s="2" t="n">
+        <v>7.9278307005350435</v>
+      </c>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
-          <t>Textil und Leder</t>
+          <t>Nicht anders angegeben Industrie</t>
         </is>
       </c>
       <c r="D407" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E407" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F407"/>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
-          <t>Textil und Leder</t>
+          <t>Nicht anders angegeben Industrie</t>
         </is>
       </c>
       <c r="D408" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E408" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F408"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
-          <t>Textil und Leder</t>
+          <t>Nicht anders angegeben Industrie</t>
         </is>
       </c>
       <c r="D409" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E409" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
-      <c r="F409"/>
+      <c r="F409" s="2" t="n">
+        <v>0.014330753797649805</v>
+      </c>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B410" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C410" t="inlineStr">
         <is>
-          <t>Textil und Leder</t>
+          <t>Nicht anders angegeben Industrie</t>
         </is>
       </c>
       <c r="D410" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E410" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F410" s="2" t="n">
-        <v>54.643164230438714</v>
+        <v>123.594153052451</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>Textil und Leder</t>
+          <t>Nicht anders angegeben Industrie</t>
         </is>
       </c>
       <c r="D411" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E411"/>
       <c r="F411" s="2" t="n">
-        <v>118.72792085034538</v>
+        <v>383.94092918688403</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
-      <c r="C412" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C412"/>
       <c r="D412" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E412" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
-      <c r="F412"/>
+      <c r="F412" s="2" t="n">
+        <v>216.66939189834798</v>
+      </c>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
-      <c r="C413" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C413"/>
       <c r="D413" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E413" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
-      <c r="F413"/>
+      <c r="F413" s="2" t="n">
+        <v>200.36352345466773</v>
+      </c>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
-      <c r="C414" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C414"/>
       <c r="D414" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E414" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F414" s="2" t="n">
-        <v>211.49324066112615</v>
+        <v>1546.7972914875374</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
-      <c r="C415" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C415"/>
       <c r="D415" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E415" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F415" s="2" t="n">
-        <v>47.77478981678168</v>
+        <v>3831.8870252318716</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
-      <c r="C416" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C416"/>
       <c r="D416" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E416" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F416" s="2" t="n">
-        <v>9.294690149039873</v>
+        <v>701.8709376079607</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
-      <c r="C417" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C417"/>
       <c r="D417" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E417" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
-      <c r="F417"/>
+      <c r="F417" s="2" t="n">
+        <v>122.79784083309491</v>
+      </c>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
-      <c r="C418" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C418"/>
       <c r="D418" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E418" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F418"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
-      <c r="C419" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C419"/>
       <c r="D419" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E419" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F419" s="2" t="n">
-        <v>0.019107671730199744</v>
+        <v>220.37833190025876</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
-      <c r="C420" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C420"/>
       <c r="D420" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E420" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F420" s="2" t="n">
-        <v>115.77815993121281</v>
+        <v>3005.950128976795</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
           <t>Industriesektor</t>
         </is>
       </c>
-      <c r="C421" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C421"/>
       <c r="D421" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E421"/>
       <c r="F421" s="2" t="n">
-        <v>384.3599882298907</v>
+        <v>9846.714471390535</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
-          <t>Industriesektor</t>
-[...2 lines deleted...]
-      <c r="C422"/>
+          <t>Verkehrssektor</t>
+        </is>
+      </c>
+      <c r="C422" t="inlineStr">
+        <is>
+          <t>Schienenverkehr</t>
+        </is>
+      </c>
       <c r="D422" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E422" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F422" s="2" t="n">
-        <v>251.77170631508633</v>
+        <v>0.05765501098691145</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
-          <t>Industriesektor</t>
-[...2 lines deleted...]
-      <c r="C423"/>
+          <t>Verkehrssektor</t>
+        </is>
+      </c>
+      <c r="C423" t="inlineStr">
+        <is>
+          <t>Schienenverkehr</t>
+        </is>
+      </c>
       <c r="D423" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E423" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
-      <c r="F423" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F423"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
-          <t>Industriesektor</t>
-[...2 lines deleted...]
-      <c r="C424"/>
+          <t>Verkehrssektor</t>
+        </is>
+      </c>
+      <c r="C424" t="inlineStr">
+        <is>
+          <t>Schienenverkehr</t>
+        </is>
+      </c>
       <c r="D424" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E424" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F424" s="2" t="n">
-        <v>1527.16535301424</v>
+        <v>22.69752555651102</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
-          <t>Industriesektor</t>
-[...2 lines deleted...]
-      <c r="C425"/>
+          <t>Verkehrssektor</t>
+        </is>
+      </c>
+      <c r="C425" t="inlineStr">
+        <is>
+          <t>Schienenverkehr</t>
+        </is>
+      </c>
       <c r="D425" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E425" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
-      <c r="F425" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F425"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
-          <t>Industriesektor</t>
-[...2 lines deleted...]
-      <c r="C426"/>
+          <t>Verkehrssektor</t>
+        </is>
+      </c>
+      <c r="C426" t="inlineStr">
+        <is>
+          <t>Schienenverkehr</t>
+        </is>
+      </c>
       <c r="D426" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E426" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
-      <c r="F426" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F426"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
-          <t>Industriesektor</t>
-[...2 lines deleted...]
-      <c r="C427"/>
+          <t>Verkehrssektor</t>
+        </is>
+      </c>
+      <c r="C427" t="inlineStr">
+        <is>
+          <t>Schienenverkehr</t>
+        </is>
+      </c>
       <c r="D427" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E427" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
-      <c r="F427" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F427"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
-          <t>Industriesektor</t>
-[...2 lines deleted...]
-      <c r="C428"/>
+          <t>Verkehrssektor</t>
+        </is>
+      </c>
+      <c r="C428" t="inlineStr">
+        <is>
+          <t>Schienenverkehr</t>
+        </is>
+      </c>
       <c r="D428" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E428" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F428"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
-          <t>Industriesektor</t>
-[...2 lines deleted...]
-      <c r="C429"/>
+          <t>Verkehrssektor</t>
+        </is>
+      </c>
+      <c r="C429" t="inlineStr">
+        <is>
+          <t>Schienenverkehr</t>
+        </is>
+      </c>
       <c r="D429" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E429" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
-      <c r="F429" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F429"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
-          <t>Industriesektor</t>
-[...2 lines deleted...]
-      <c r="C430"/>
+          <t>Verkehrssektor</t>
+        </is>
+      </c>
+      <c r="C430" t="inlineStr">
+        <is>
+          <t>Schienenverkehr</t>
+        </is>
+      </c>
       <c r="D430" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E430" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F430" s="2" t="n">
-        <v>2884.0068787618334</v>
+        <v>126.3972484952713</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
-          <t>Industriesektor</t>
-[...2 lines deleted...]
-      <c r="C431"/>
+          <t>Verkehrssektor</t>
+        </is>
+      </c>
+      <c r="C431" t="inlineStr">
+        <is>
+          <t>Schienenverkehr</t>
+        </is>
+      </c>
       <c r="D431" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E431"/>
       <c r="F431" s="2" t="n">
-        <v>9274.391616498284</v>
+        <v>149.15242906276922</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B432" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C432" t="inlineStr">
         <is>
-          <t>Schienenverkehr</t>
+          <t>Straßenverkehr</t>
         </is>
       </c>
       <c r="D432" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E432" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
-      <c r="F432" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F432"/>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
-          <t>Schienenverkehr</t>
+          <t>Straßenverkehr</t>
         </is>
       </c>
       <c r="D433" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E433" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F433"/>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
-          <t>Schienenverkehr</t>
+          <t>Straßenverkehr</t>
         </is>
       </c>
       <c r="D434" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E434" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F434" s="2" t="n">
-        <v>22.389414349861546</v>
+        <v>7694.501382917767</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
-          <t>Schienenverkehr</t>
+          <t>Straßenverkehr</t>
         </is>
       </c>
       <c r="D435" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E435" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
-      <c r="F435"/>
+      <c r="F435" s="2" t="n">
+        <v>63.743608710182116</v>
+      </c>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
-          <t>Schienenverkehr</t>
+          <t>Straßenverkehr</t>
         </is>
       </c>
       <c r="D436" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E436" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
-      <c r="F436"/>
+      <c r="F436" s="2" t="n">
+        <v>700.3891426443131</v>
+      </c>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>Schienenverkehr</t>
+          <t>Straßenverkehr</t>
         </is>
       </c>
       <c r="D437" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E437" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F437"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
-          <t>Schienenverkehr</t>
+          <t>Straßenverkehr</t>
         </is>
       </c>
       <c r="D438" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E438" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F438"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
-          <t>Schienenverkehr</t>
+          <t>Straßenverkehr</t>
         </is>
       </c>
       <c r="D439" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E439" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F439"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
-          <t>Schienenverkehr</t>
+          <t>Straßenverkehr</t>
         </is>
       </c>
       <c r="D440" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E440" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F440" s="2" t="n">
-        <v>125.97592433362036</v>
+        <v>149.88822012037886</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
-          <t>Schienenverkehr</t>
+          <t>Straßenverkehr</t>
         </is>
       </c>
       <c r="D441" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E441"/>
       <c r="F441" s="2" t="n">
-        <v>148.4232946402986</v>
+        <v>8608.522354392642</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
-          <t>Straßenverkehr</t>
+          <t>Inländische Luftfahrt</t>
         </is>
       </c>
       <c r="D442" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E442" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F442"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
-          <t>Straßenverkehr</t>
+          <t>Inländische Luftfahrt</t>
         </is>
       </c>
       <c r="D443" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E443" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F443"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
-          <t>Straßenverkehr</t>
+          <t>Inländische Luftfahrt</t>
         </is>
       </c>
       <c r="D444" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E444" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F444" s="2" t="n">
-        <v>7580.729229960856</v>
+        <v>3.1637527467278224</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
-          <t>Straßenverkehr</t>
+          <t>Inländische Luftfahrt</t>
         </is>
       </c>
       <c r="D445" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E445" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
-      <c r="F445" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F445"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
-          <t>Straßenverkehr</t>
+          <t>Inländische Luftfahrt</t>
         </is>
       </c>
       <c r="D446" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E446" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
-      <c r="F446" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F446"/>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
-          <t>Straßenverkehr</t>
+          <t>Inländische Luftfahrt</t>
         </is>
       </c>
       <c r="D447" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E447" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F447"/>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
-          <t>Straßenverkehr</t>
+          <t>Inländische Luftfahrt</t>
         </is>
       </c>
       <c r="D448" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E448" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F448"/>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
-          <t>Straßenverkehr</t>
+          <t>Inländische Luftfahrt</t>
         </is>
       </c>
       <c r="D449" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E449" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F449"/>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>Straßenverkehr</t>
+          <t>Inländische Luftfahrt</t>
         </is>
       </c>
       <c r="D450" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E450" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
-      <c r="F450" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F450"/>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B451" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
-          <t>Straßenverkehr</t>
+          <t>Inländische Luftfahrt</t>
         </is>
       </c>
       <c r="D451" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E451"/>
       <c r="F451" s="2" t="n">
-        <v>8547.045208607544</v>
+        <v>3.1637527467278224</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B452" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
-          <t>Inländische Luftfahrt</t>
+          <t>Binnenschifffahrt</t>
         </is>
       </c>
       <c r="D452" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E452" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F452"/>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
-          <t>Inländische Luftfahrt</t>
+          <t>Binnenschifffahrt</t>
         </is>
       </c>
       <c r="D453" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E453" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F453"/>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
-          <t>Inländische Luftfahrt</t>
+          <t>Binnenschifffahrt</t>
         </is>
       </c>
       <c r="D454" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E454" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F454" s="2" t="n">
-        <v>3.058899398108351</v>
+        <v>136.66762205025367</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
-          <t>Inländische Luftfahrt</t>
+          <t>Binnenschifffahrt</t>
         </is>
       </c>
       <c r="D455" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E455" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
-      <c r="F455"/>
+      <c r="F455" s="2" t="n">
+        <v>6.856401018090642</v>
+      </c>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
-          <t>Inländische Luftfahrt</t>
+          <t>Binnenschifffahrt</t>
         </is>
       </c>
       <c r="D456" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E456" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F456"/>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C457" t="inlineStr">
         <is>
-          <t>Inländische Luftfahrt</t>
+          <t>Binnenschifffahrt</t>
         </is>
       </c>
       <c r="D457" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E457" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F457"/>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
-          <t>Inländische Luftfahrt</t>
+          <t>Binnenschifffahrt</t>
         </is>
       </c>
       <c r="D458" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E458" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F458"/>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B459" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
-          <t>Inländische Luftfahrt</t>
+          <t>Binnenschifffahrt</t>
         </is>
       </c>
       <c r="D459" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E459" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F459"/>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
-          <t>Inländische Luftfahrt</t>
+          <t>Binnenschifffahrt</t>
         </is>
       </c>
       <c r="D460" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E460" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F460"/>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
-          <t>Inländische Luftfahrt</t>
+          <t>Binnenschifffahrt</t>
         </is>
       </c>
       <c r="D461" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E461"/>
       <c r="F461" s="2" t="n">
-        <v>3.058899398108351</v>
+        <v>143.52402306834432</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
-          <t>Binnenschifffahrt</t>
+          <t>Pipeline-Transport</t>
         </is>
       </c>
       <c r="D462" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E462" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F462"/>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>Binnenschifffahrt</t>
+          <t>Pipeline-Transport</t>
         </is>
       </c>
       <c r="D463" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E463" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F463"/>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B464" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
-          <t>Binnenschifffahrt</t>
+          <t>Pipeline-Transport</t>
         </is>
       </c>
       <c r="D464" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E464" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
-      <c r="F464" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F464"/>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B465" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
-          <t>Binnenschifffahrt</t>
+          <t>Pipeline-Transport</t>
         </is>
       </c>
       <c r="D465" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E465" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F465" s="2" t="n">
-        <v>6.409944261454343</v>
+        <v>12.78538698812247</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B466" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
-          <t>Binnenschifffahrt</t>
+          <t>Pipeline-Transport</t>
         </is>
       </c>
       <c r="D466" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E466" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F466"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B467" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
-          <t>Binnenschifffahrt</t>
+          <t>Pipeline-Transport</t>
         </is>
       </c>
       <c r="D467" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E467" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F467"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B468" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C468" t="inlineStr">
         <is>
-          <t>Binnenschifffahrt</t>
+          <t>Pipeline-Transport</t>
         </is>
       </c>
       <c r="D468" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E468" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F468"/>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B469" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
-          <t>Binnenschifffahrt</t>
+          <t>Pipeline-Transport</t>
         </is>
       </c>
       <c r="D469" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E469" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F469"/>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B470" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
-          <t>Binnenschifffahrt</t>
+          <t>Pipeline-Transport</t>
         </is>
       </c>
       <c r="D470" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E470" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
-      <c r="F470"/>
+      <c r="F470" s="2" t="n">
+        <v>2.24419604471196</v>
+      </c>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B471" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
-          <t>Binnenschifffahrt</t>
+          <t>Pipeline-Transport</t>
         </is>
       </c>
       <c r="D471" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E471"/>
       <c r="F471" s="2" t="n">
-        <v>148.6235680313985</v>
+        <v>15.029583032834429</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B472" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
-          <t>Pipeline-Transport</t>
+          <t>Nicht anders angegeben Verkehr</t>
         </is>
       </c>
       <c r="D472" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E472" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F472"/>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B473" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
-          <t>Pipeline-Transport</t>
+          <t>Nicht anders angegeben Verkehr</t>
         </is>
       </c>
       <c r="D473" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E473" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F473"/>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B474" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
-          <t>Pipeline-Transport</t>
+          <t>Nicht anders angegeben Verkehr</t>
         </is>
       </c>
       <c r="D474" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E474" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
-      <c r="F474"/>
+      <c r="F474" s="2" t="n">
+        <v>1.4657972676029478</v>
+      </c>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B475" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
-          <t>Pipeline-Transport</t>
+          <t>Nicht anders angegeben Verkehr</t>
         </is>
       </c>
       <c r="D475" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E475" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
-      <c r="F475" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F475"/>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B476" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>Pipeline-Transport</t>
+          <t>Nicht anders angegeben Verkehr</t>
         </is>
       </c>
       <c r="D476" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E476" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F476"/>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B477" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
-          <t>Pipeline-Transport</t>
+          <t>Nicht anders angegeben Verkehr</t>
         </is>
       </c>
       <c r="D477" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E477" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F477"/>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B478" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C478" t="inlineStr">
         <is>
-          <t>Pipeline-Transport</t>
+          <t>Nicht anders angegeben Verkehr</t>
         </is>
       </c>
       <c r="D478" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E478" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F478"/>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B479" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
-          <t>Pipeline-Transport</t>
+          <t>Nicht anders angegeben Verkehr</t>
         </is>
       </c>
       <c r="D479" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E479" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F479"/>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B480" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
-          <t>Pipeline-Transport</t>
+          <t>Nicht anders angegeben Verkehr</t>
         </is>
       </c>
       <c r="D480" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E480" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
-      <c r="F480" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F480"/>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B481" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
-          <t>Pipeline-Transport</t>
+          <t>Nicht anders angegeben Verkehr</t>
         </is>
       </c>
       <c r="D481" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E481"/>
       <c r="F481" s="2" t="n">
-        <v>26.851508488927895</v>
+        <v>1.4657972676029478</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B482" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
-      <c r="C482" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C482"/>
       <c r="D482" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E482" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
-      <c r="F482"/>
+      <c r="F482" s="2" t="n">
+        <v>0.05765501098691145</v>
+      </c>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B483" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
-      <c r="C483" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C483"/>
       <c r="D483" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E483" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F483"/>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B484" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
-      <c r="C484" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C484"/>
       <c r="D484" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E484" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F484" s="2" t="n">
-        <v>1.4657972676029478</v>
+        <v>7858.496080538863</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B485" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
-      <c r="C485" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C485"/>
       <c r="D485" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E485" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
-      <c r="F485"/>
+      <c r="F485" s="2" t="n">
+        <v>83.38539671639523</v>
+      </c>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B486" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
-      <c r="C486" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C486"/>
       <c r="D486" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E486" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
-      <c r="F486"/>
+      <c r="F486" s="2" t="n">
+        <v>700.3891426443131</v>
+      </c>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B487" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
-      <c r="C487" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C487"/>
       <c r="D487" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E487" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F487"/>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B488" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
-      <c r="C488" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C488"/>
       <c r="D488" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E488" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F488"/>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B489" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
-      <c r="C489" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C489"/>
       <c r="D489" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E489" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F489"/>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B490" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
-      <c r="C490" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C490"/>
       <c r="D490" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E490" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
-      <c r="F490"/>
+      <c r="F490" s="2" t="n">
+        <v>278.5296646603621</v>
+      </c>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B491" t="inlineStr">
         <is>
           <t>Verkehrssektor</t>
         </is>
       </c>
-      <c r="C491" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C491"/>
       <c r="D491" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E491"/>
       <c r="F491" s="2" t="n">
-        <v>1.4657972676029478</v>
+        <v>8920.857939570918</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B492" t="inlineStr">
         <is>
-          <t>Verkehrssektor</t>
-[...2 lines deleted...]
-      <c r="C492"/>
+          <t>Sonstige Sektoren</t>
+        </is>
+      </c>
+      <c r="C492" t="inlineStr">
+        <is>
+          <t>Handel und öffentliche Dienstleistungen</t>
+        </is>
+      </c>
       <c r="D492" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E492" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
-      <c r="F492" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F492"/>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B493" t="inlineStr">
         <is>
-          <t>Verkehrssektor</t>
-[...2 lines deleted...]
-      <c r="C493"/>
+          <t>Sonstige Sektoren</t>
+        </is>
+      </c>
+      <c r="C493" t="inlineStr">
+        <is>
+          <t>Handel und öffentliche Dienstleistungen</t>
+        </is>
+      </c>
       <c r="D493" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E493" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F493"/>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B494" t="inlineStr">
         <is>
-          <t>Verkehrssektor</t>
-[...2 lines deleted...]
-      <c r="C494"/>
+          <t>Sonstige Sektoren</t>
+        </is>
+      </c>
+      <c r="C494" t="inlineStr">
+        <is>
+          <t>Handel und öffentliche Dienstleistungen</t>
+        </is>
+      </c>
       <c r="D494" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E494" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F494" s="2" t="n">
-        <v>7749.856964746374</v>
+        <v>443.204356549156</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B495" t="inlineStr">
         <is>
-          <t>Verkehrssektor</t>
-[...2 lines deleted...]
-      <c r="C495"/>
+          <t>Sonstige Sektoren</t>
+        </is>
+      </c>
+      <c r="C495" t="inlineStr">
+        <is>
+          <t>Handel und öffentliche Dienstleistungen</t>
+        </is>
+      </c>
       <c r="D495" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E495" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F495" s="2" t="n">
-        <v>87.90164479133013</v>
+        <v>1464.1769965250805</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B496" t="inlineStr">
         <is>
-          <t>Verkehrssektor</t>
-[...2 lines deleted...]
-      <c r="C496"/>
+          <t>Sonstige Sektoren</t>
+        </is>
+      </c>
+      <c r="C496" t="inlineStr">
+        <is>
+          <t>Handel und öffentliche Dienstleistungen</t>
+        </is>
+      </c>
       <c r="D496" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E496" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F496" s="2" t="n">
-        <v>814.2639207415954</v>
+        <v>124.03028565969281</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B497" t="inlineStr">
         <is>
-          <t>Verkehrssektor</t>
-[...2 lines deleted...]
-      <c r="C497"/>
+          <t>Sonstige Sektoren</t>
+        </is>
+      </c>
+      <c r="C497" t="inlineStr">
+        <is>
+          <t>Handel und öffentliche Dienstleistungen</t>
+        </is>
+      </c>
       <c r="D497" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E497" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
-      <c r="F497"/>
+      <c r="F497" s="2" t="n">
+        <v>30.278494315467764</v>
+      </c>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B498" t="inlineStr">
         <is>
-          <t>Verkehrssektor</t>
-[...2 lines deleted...]
-      <c r="C498"/>
+          <t>Sonstige Sektoren</t>
+        </is>
+      </c>
+      <c r="C498" t="inlineStr">
+        <is>
+          <t>Handel und öffentliche Dienstleistungen</t>
+        </is>
+      </c>
       <c r="D498" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E498" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F498"/>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B499" t="inlineStr">
         <is>
-          <t>Verkehrssektor</t>
-[...2 lines deleted...]
-      <c r="C499"/>
+          <t>Sonstige Sektoren</t>
+        </is>
+      </c>
+      <c r="C499" t="inlineStr">
+        <is>
+          <t>Handel und öffentliche Dienstleistungen</t>
+        </is>
+      </c>
       <c r="D499" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E499" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
-      <c r="F499"/>
+      <c r="F499" s="2" t="n">
+        <v>84.94076621763668</v>
+      </c>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B500" t="inlineStr">
         <is>
-          <t>Verkehrssektor</t>
-[...2 lines deleted...]
-      <c r="C500"/>
+          <t>Sonstige Sektoren</t>
+        </is>
+      </c>
+      <c r="C500" t="inlineStr">
+        <is>
+          <t>Handel und öffentliche Dienstleistungen</t>
+        </is>
+      </c>
       <c r="D500" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E500" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F500" s="2" t="n">
-        <v>223.38779019776516</v>
+        <v>1786.7153912295848</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B501" t="inlineStr">
         <is>
-          <t>Verkehrssektor</t>
-[...2 lines deleted...]
-      <c r="C501"/>
+          <t>Sonstige Sektoren</t>
+        </is>
+      </c>
+      <c r="C501" t="inlineStr">
+        <is>
+          <t>Handel und öffentliche Dienstleistungen</t>
+        </is>
+      </c>
       <c r="D501" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E501"/>
       <c r="F501" s="2" t="n">
-        <v>8875.468276433881</v>
+        <v>3933.346290496619</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B502" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>Handel und öffentliche Dienstleistungen</t>
+          <t>Haushalte</t>
         </is>
       </c>
       <c r="D502" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E502" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
-      <c r="F502"/>
+      <c r="F502" s="2" t="n">
+        <v>21.59346517626835</v>
+      </c>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B503" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
-          <t>Handel und öffentliche Dienstleistungen</t>
+          <t>Haushalte</t>
         </is>
       </c>
       <c r="D503" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E503" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F503"/>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B504" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
-          <t>Handel und öffentliche Dienstleistungen</t>
+          <t>Haushalte</t>
         </is>
       </c>
       <c r="D504" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E504" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F504" s="2" t="n">
-        <v>442.2329702875719</v>
+        <v>1816.7134804624118</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B505" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
-          <t>Handel und öffentliche Dienstleistungen</t>
+          <t>Haushalte</t>
         </is>
       </c>
       <c r="D505" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E505" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F505" s="2" t="n">
-        <v>1426.3182802963406</v>
+        <v>2918.972003610496</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B506" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
-          <t>Handel und öffentliche Dienstleistungen</t>
+          <t>Haushalte</t>
         </is>
       </c>
       <c r="D506" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E506" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F506" s="2" t="n">
-        <v>93.03286519537626</v>
+        <v>928.0894118778098</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B507" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
-          <t>Handel und öffentliche Dienstleistungen</t>
+          <t>Haushalte</t>
         </is>
       </c>
       <c r="D507" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E507" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
-      <c r="F507" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F507"/>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B508" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C508" t="inlineStr">
         <is>
-          <t>Handel und öffentliche Dienstleistungen</t>
+          <t>Haushalte</t>
         </is>
       </c>
       <c r="D508" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E508" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F508"/>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B509" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
-          <t>Handel und öffentliche Dienstleistungen</t>
+          <t>Haushalte</t>
         </is>
       </c>
       <c r="D509" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E509" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F509" s="2" t="n">
-        <v>85.1199006401073</v>
+        <v>11.1063341931786</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B510" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
-          <t>Handel und öffentliche Dienstleistungen</t>
+          <t>Haushalte</t>
         </is>
       </c>
       <c r="D510" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E510" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F510" s="2" t="n">
-        <v>1757.1023215821212</v>
+        <v>1402.854686156497</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B511" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C511" t="inlineStr">
         <is>
-          <t>Handel und öffentliche Dienstleistungen</t>
+          <t>Haushalte</t>
         </is>
       </c>
       <c r="D511" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E511"/>
       <c r="F511" s="2" t="n">
-        <v>3831.8707308552484</v>
+        <v>7099.329381476661</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B512" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
-          <t>Haushalte</t>
+          <t>Land- und Forstwirtschaft</t>
         </is>
       </c>
       <c r="D512" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E512" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F512" s="2" t="n">
-        <v>24.924476927486474</v>
+        <v>2.2721410146173766</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B513" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C513" t="inlineStr">
         <is>
-          <t>Haushalte</t>
+          <t>Land- und Forstwirtschaft</t>
         </is>
       </c>
       <c r="D513" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E513" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F513"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B514" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
-          <t>Haushalte</t>
+          <t>Land- und Forstwirtschaft</t>
         </is>
       </c>
       <c r="D514" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E514" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F514" s="2" t="n">
-        <v>1807.5747587656508</v>
+        <v>328.9168338587955</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B515" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>Haushalte</t>
+          <t>Land- und Forstwirtschaft</t>
         </is>
       </c>
       <c r="D515" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E515" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F515" s="2" t="n">
-        <v>2858.962390511539</v>
+        <v>380.02233500677994</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B516" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C516" t="inlineStr">
         <is>
-          <t>Haushalte</t>
+          <t>Land- und Forstwirtschaft</t>
         </is>
       </c>
       <c r="D516" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E516" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F516" s="2" t="n">
-        <v>894.2718873793858</v>
+        <v>26.65520206362864</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B517" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C517" t="inlineStr">
         <is>
-          <t>Haushalte</t>
+          <t>Land- und Forstwirtschaft</t>
         </is>
       </c>
       <c r="D517" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E517" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F517"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B518" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C518" t="inlineStr">
         <is>
-          <t>Haushalte</t>
+          <t>Land- und Forstwirtschaft</t>
         </is>
       </c>
       <c r="D518" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E518" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F518"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B519" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C519" t="inlineStr">
         <is>
-          <t>Haushalte</t>
+          <t>Land- und Forstwirtschaft</t>
         </is>
       </c>
       <c r="D519" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E519" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F519" s="2" t="n">
-        <v>11.008407375561328</v>
+        <v>0.9458297506448873</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B520" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C520" t="inlineStr">
         <is>
-          <t>Haushalte</t>
+          <t>Land- und Forstwirtschaft</t>
         </is>
       </c>
       <c r="D520" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E520" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F520" s="2" t="n">
-        <v>1365.8039552880527</v>
+        <v>139.65606190885688</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B521" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C521" t="inlineStr">
         <is>
-          <t>Haushalte</t>
+          <t>Land- und Forstwirtschaft</t>
         </is>
       </c>
       <c r="D521" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E521"/>
       <c r="F521" s="2" t="n">
-        <v>6962.5458762476765</v>
+        <v>878.4684036033228</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B522" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C522" t="inlineStr">
         <is>
-          <t>Land- und Forstwirtschaft</t>
+          <t>Fischerei</t>
         </is>
       </c>
       <c r="D522" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E522" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
-      <c r="F522" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F522"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B523" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C523" t="inlineStr">
         <is>
-          <t>Land- und Forstwirtschaft</t>
+          <t>Fischerei</t>
         </is>
       </c>
       <c r="D523" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E523" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F523"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B524" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C524" t="inlineStr">
         <is>
-          <t>Land- und Forstwirtschaft</t>
+          <t>Fischerei</t>
         </is>
       </c>
       <c r="D524" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E524" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F524" s="2" t="n">
-        <v>321.91172255660763</v>
+        <v>29.78408330944885</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B525" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C525" t="inlineStr">
         <is>
-          <t>Land- und Forstwirtschaft</t>
+          <t>Fischerei</t>
         </is>
       </c>
       <c r="D525" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E525" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F525" s="2" t="n">
-        <v>344.0255044415615</v>
+        <v>0.20920758060861658</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B526" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C526" t="inlineStr">
         <is>
-          <t>Land- und Forstwirtschaft</t>
+          <t>Fischerei</t>
         </is>
       </c>
       <c r="D526" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E526" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
-      <c r="F526" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F526"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B527" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
-          <t>Land- und Forstwirtschaft</t>
+          <t>Fischerei</t>
         </is>
       </c>
       <c r="D527" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E527" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
-      <c r="F527" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F527"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B528" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>Land- und Forstwirtschaft</t>
+          <t>Fischerei</t>
         </is>
       </c>
       <c r="D528" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E528" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F528"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B529" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C529" t="inlineStr">
         <is>
-          <t>Land- und Forstwirtschaft</t>
+          <t>Fischerei</t>
         </is>
       </c>
       <c r="D529" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E529" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
-      <c r="F529" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F529"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B530" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
-          <t>Land- und Forstwirtschaft</t>
+          <t>Fischerei</t>
         </is>
       </c>
       <c r="D530" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E530" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F530" s="2" t="n">
-        <v>124.72914875322483</v>
+        <v>0.24075666380051675</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B531" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
-          <t>Land- und Forstwirtschaft</t>
+          <t>Fischerei</t>
         </is>
       </c>
       <c r="D531" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E531"/>
       <c r="F531" s="2" t="n">
-        <v>823.6286858689062</v>
+        <v>30.23404755385798</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B532" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
-          <t>Fischerei</t>
+          <t>Nicht anders angegeben Sonstige Sektoren</t>
         </is>
       </c>
       <c r="D532" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E532" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F532"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B533" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
-          <t>Fischerei</t>
+          <t>Nicht anders angegeben Sonstige Sektoren</t>
         </is>
       </c>
       <c r="D533" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E533" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F533"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B534" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
-          <t>Fischerei</t>
+          <t>Nicht anders angegeben Sonstige Sektoren</t>
         </is>
       </c>
       <c r="D534" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E534" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F534" s="2" t="n">
-        <v>29.78408330944885</v>
+        <v>32.33471863953389</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B535" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
-          <t>Fischerei</t>
+          <t>Nicht anders angegeben Sonstige Sektoren</t>
         </is>
       </c>
       <c r="D535" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E535" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
-      <c r="F535" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F535"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B536" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
-          <t>Fischerei</t>
+          <t>Nicht anders angegeben Sonstige Sektoren</t>
         </is>
       </c>
       <c r="D536" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E536" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
-      <c r="F536"/>
+      <c r="F536" s="2" t="n">
+        <v>0.062475617655488896</v>
+      </c>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B537" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
-          <t>Fischerei</t>
+          <t>Nicht anders angegeben Sonstige Sektoren</t>
         </is>
       </c>
       <c r="D537" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E537" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F537"/>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B538" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
-          <t>Fischerei</t>
+          <t>Nicht anders angegeben Sonstige Sektoren</t>
         </is>
       </c>
       <c r="D538" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E538" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F538"/>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B539" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
-          <t>Fischerei</t>
+          <t>Nicht anders angegeben Sonstige Sektoren</t>
         </is>
       </c>
       <c r="D539" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E539" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F539"/>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B540" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
-          <t>Fischerei</t>
+          <t>Nicht anders angegeben Sonstige Sektoren</t>
         </is>
       </c>
       <c r="D540" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E540" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F540"/>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B541" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>Fischerei</t>
+          <t>Nicht anders angegeben Sonstige Sektoren</t>
         </is>
       </c>
       <c r="D541" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E541"/>
       <c r="F541" s="2" t="n">
-        <v>30.008388223039447</v>
+        <v>32.39719425718938</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B542" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
-      <c r="C542" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C542"/>
       <c r="D542" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E542" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
-      <c r="F542"/>
+      <c r="F542" s="2" t="n">
+        <v>23.865606190885725</v>
+      </c>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B543" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
-      <c r="C543" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C543"/>
       <c r="D543" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E543" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F543"/>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B544" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
-      <c r="C544" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C544"/>
       <c r="D544" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E544" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F544" s="2" t="n">
-        <v>33.387312505971266</v>
+        <v>2650.953472819346</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B545" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
-      <c r="C545" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C545"/>
       <c r="D545" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E545" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
-      <c r="F545"/>
+      <c r="F545" s="2" t="n">
+        <v>4763.3805427229645</v>
+      </c>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B546" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
-      <c r="C546" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C546"/>
       <c r="D546" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E546" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F546" s="2" t="n">
-        <v>0.06873879177414756</v>
+        <v>1078.8373752187863</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B547" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
-      <c r="C547" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C547"/>
       <c r="D547" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E547" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
-      <c r="F547"/>
+      <c r="F547" s="2" t="n">
+        <v>30.278494315467764</v>
+      </c>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B548" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
-      <c r="C548" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C548"/>
       <c r="D548" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E548" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F548"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B549" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
-      <c r="C549" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C549"/>
       <c r="D549" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E549" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
-      <c r="F549"/>
+      <c r="F549" s="2" t="n">
+        <v>96.99293016146018</v>
+      </c>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B550" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
-      <c r="C550" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C550"/>
       <c r="D550" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E550" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F550" s="2" t="n">
-        <v>2.639724849527094</v>
+        <v>3329.4668959587393</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B551" t="inlineStr">
         <is>
           <t>Sonstige Sektoren</t>
         </is>
       </c>
-      <c r="C551" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C551"/>
       <c r="D551" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E551"/>
       <c r="F551" s="2" t="n">
-        <v>36.09577614727251</v>
+        <v>11973.775317387648</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B552" t="inlineStr">
         <is>
-          <t>Sonstige Sektoren</t>
+          <t>Nicht energetischer Endenergieverbrauch</t>
         </is>
       </c>
       <c r="C552"/>
       <c r="D552" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E552" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F552" s="2" t="n">
-        <v>27.326454571510556</v>
+        <v>187.06487054552468</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B553" t="inlineStr">
         <is>
-          <t>Sonstige Sektoren</t>
+          <t>Nicht energetischer Endenergieverbrauch</t>
         </is>
       </c>
       <c r="C553"/>
       <c r="D553" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E553" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F553"/>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B554" t="inlineStr">
         <is>
-          <t>Sonstige Sektoren</t>
+          <t>Nicht energetischer Endenergieverbrauch</t>
         </is>
       </c>
       <c r="C554"/>
       <c r="D554" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E554" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F554" s="2" t="n">
-        <v>2634.8908474252507</v>
+        <v>5954.996178465673</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B555" t="inlineStr">
         <is>
-          <t>Sonstige Sektoren</t>
+          <t>Nicht energetischer Endenergieverbrauch</t>
         </is>
       </c>
       <c r="C555"/>
       <c r="D555" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E555" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F555" s="2" t="n">
-        <v>4629.530480163031</v>
+        <v>741.134030149886</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B556" t="inlineStr">
         <is>
-          <t>Sonstige Sektoren</t>
+          <t>Nicht energetischer Endenergieverbrauch</t>
         </is>
       </c>
       <c r="C556"/>
       <c r="D556" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E556" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
-      <c r="F556" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F556"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B557" t="inlineStr">
         <is>
-          <t>Sonstige Sektoren</t>
+          <t>Nicht energetischer Endenergieverbrauch</t>
         </is>
       </c>
       <c r="C557"/>
       <c r="D557" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E557" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
-      <c r="F557" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F557"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B558" t="inlineStr">
         <is>
-          <t>Sonstige Sektoren</t>
+          <t>Nicht energetischer Endenergieverbrauch</t>
         </is>
       </c>
       <c r="C558"/>
       <c r="D558" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E558" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F558"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B559" t="inlineStr">
         <is>
-          <t>Sonstige Sektoren</t>
+          <t>Nicht energetischer Endenergieverbrauch</t>
         </is>
       </c>
       <c r="C559"/>
       <c r="D559" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E559" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
-      <c r="F559" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F559"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B560" t="inlineStr">
         <is>
-          <t>Sonstige Sektoren</t>
+          <t>Nicht energetischer Endenergieverbrauch</t>
         </is>
       </c>
       <c r="C560"/>
       <c r="D560" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E560" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
-      <c r="F560" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F560"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
       <c r="B561" t="inlineStr">
         <is>
-          <t>Sonstige Sektoren</t>
+          <t>Nicht energetischer Endenergieverbrauch</t>
         </is>
       </c>
       <c r="C561"/>
       <c r="D561" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E561"/>
       <c r="F561" s="2" t="n">
-        <v>11684.149457342142</v>
+        <v>6883.195079161084</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
-      <c r="B562" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B562"/>
       <c r="C562"/>
       <c r="D562" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E562" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F562" s="2" t="n">
-        <v>199.56584025986507</v>
+        <v>427.65752364574536</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
-      <c r="B563" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B563"/>
       <c r="C563"/>
       <c r="D563" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E563" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
-      <c r="F563"/>
+      <c r="F563" s="2" t="n">
+        <v>200.36352345466773</v>
+      </c>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
-      <c r="B564" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B564"/>
       <c r="C564"/>
       <c r="D564" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E564" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F564" s="2" t="n">
-        <v>5518.10905703642</v>
+        <v>18011.24302331142</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
-      <c r="B565" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B565"/>
       <c r="C565"/>
       <c r="D565" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E565" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F565" s="2" t="n">
-        <v>853.5168614384781</v>
+        <v>9419.786994821116</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
-      <c r="B566" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B566"/>
       <c r="C566"/>
       <c r="D566" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E566" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
-      <c r="F566"/>
+      <c r="F566" s="2" t="n">
+        <v>2481.09745547106</v>
+      </c>
     </row>
     <row r="567">
       <c r="A567" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
-      <c r="B567" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B567"/>
       <c r="C567"/>
       <c r="D567" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E567" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
-      <c r="F567"/>
+      <c r="F567" s="2" t="n">
+        <v>153.07633514856266</v>
+      </c>
     </row>
     <row r="568">
       <c r="A568" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
-      <c r="B568" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B568"/>
       <c r="C568"/>
       <c r="D568" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E568" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F568"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
-      <c r="B569" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B569"/>
       <c r="C569"/>
       <c r="D569" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E569" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
-      <c r="F569"/>
+      <c r="F569" s="2" t="n">
+        <v>317.3712620617189</v>
+      </c>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
-      <c r="B570" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B570"/>
       <c r="C570"/>
       <c r="D570" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E570" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
-      <c r="F570"/>
+      <c r="F570" s="2" t="n">
+        <v>6613.946689595897</v>
+      </c>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr">
         <is>
           <t>Endenergieverbrauch</t>
         </is>
       </c>
-      <c r="B571" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B571"/>
       <c r="C571"/>
       <c r="D571" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E571"/>
       <c r="F571" s="2" t="n">
-        <v>6571.191758734763</v>
+        <v>37624.54280751019</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr">
         <is>
-          <t>Endenergieverbrauch</t>
+          <t>Statistische Differenzen</t>
         </is>
       </c>
       <c r="B572"/>
       <c r="C572"/>
       <c r="D572" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E572" t="inlineStr">
         <is>
           <t>Feste fossile Brennstoffe</t>
         </is>
       </c>
       <c r="F572" s="2" t="n">
-        <v>478.72195710327867</v>
+        <v>-10.67109486959046</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr">
         <is>
-          <t>Endenergieverbrauch</t>
+          <t>Statistische Differenzen</t>
         </is>
       </c>
       <c r="B573"/>
       <c r="C573"/>
       <c r="D573" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E573" t="inlineStr">
         <is>
           <t>Synthetische Gase</t>
         </is>
       </c>
       <c r="F573" s="2" t="n">
-        <v>159.20488201012762</v>
+        <v>-0.983806248208598</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr">
         <is>
-          <t>Endenergieverbrauch</t>
+          <t>Statistische Differenzen</t>
         </is>
       </c>
       <c r="B574"/>
       <c r="C574"/>
       <c r="D574" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E574" t="inlineStr">
         <is>
           <t>Öl und Mineralölerzeugnisse</t>
         </is>
       </c>
       <c r="F574" s="2" t="n">
-        <v>17430.022222222287</v>
+        <v>147.94002790675572</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr">
         <is>
-          <t>Endenergieverbrauch</t>
+          <t>Statistische Differenzen</t>
         </is>
       </c>
       <c r="B575"/>
       <c r="C575"/>
       <c r="D575" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E575" t="inlineStr">
         <is>
           <t>Erdgas</t>
         </is>
       </c>
       <c r="F575" s="2" t="n">
-        <v>8973.840008471503</v>
+        <v>-0.006553403509315127</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr">
         <is>
-          <t>Endenergieverbrauch</t>
+          <t>Statistische Differenzen</t>
         </is>
       </c>
       <c r="B576"/>
       <c r="C576"/>
       <c r="D576" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E576" t="inlineStr">
         <is>
           <t>Erneuerbare Energiequellen und Biobrennstoffe</t>
         </is>
       </c>
       <c r="F576" s="2" t="n">
-        <v>2518.3485061933548</v>
+        <v>14.786611556272115</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr">
         <is>
-          <t>Endenergieverbrauch</t>
+          <t>Statistische Differenzen</t>
         </is>
       </c>
       <c r="B577"/>
       <c r="C577"/>
       <c r="D577" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E577" t="inlineStr">
         <is>
           <t>Nicht erneuerbare Abfälle</t>
         </is>
       </c>
       <c r="F577" s="2" t="n">
-        <v>142.7223655297607</v>
+        <v>0.002388458966226645</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr">
         <is>
-          <t>Endenergieverbrauch</t>
+          <t>Statistische Differenzen</t>
         </is>
       </c>
       <c r="B578"/>
       <c r="C578"/>
       <c r="D578" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E578" t="inlineStr">
         <is>
           <t>Kernenergie</t>
         </is>
       </c>
       <c r="F578"/>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr">
         <is>
-          <t>Endenergieverbrauch</t>
+          <t>Statistische Differenzen</t>
         </is>
       </c>
       <c r="B579"/>
       <c r="C579"/>
       <c r="D579" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E579" t="inlineStr">
         <is>
           <t>Wärme</t>
         </is>
       </c>
       <c r="F579" s="2" t="n">
-        <v>344.67134804624175</v>
+        <v>-0.16719212763933972</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr">
         <is>
-          <t>Endenergieverbrauch</t>
+          <t>Statistische Differenzen</t>
         </is>
       </c>
       <c r="B580"/>
       <c r="C580"/>
       <c r="D580" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E580" t="inlineStr">
         <is>
           <t>Elektrizität</t>
         </is>
       </c>
       <c r="F580" s="2" t="n">
-        <v>6357.669819432525</v>
+        <v>114.07566638005251</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr">
         <is>
-          <t>Endenergieverbrauch</t>
+          <t>Statistische Differenzen</t>
         </is>
       </c>
       <c r="B581"/>
       <c r="C581"/>
       <c r="D581" t="inlineStr">
         <is>
           <t>Alle Produkte</t>
         </is>
       </c>
       <c r="E581"/>
       <c r="F581" s="2" t="n">
-        <v>36405.20110900907</v>
-[...213 lines deleted...]
-        <v>170.3655101848303</v>
+        <v>264.976047653099</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>